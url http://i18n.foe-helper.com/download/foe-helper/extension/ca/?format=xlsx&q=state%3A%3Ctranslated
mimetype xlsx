--- v0 (2025-11-23)
+++ v1 (2026-01-08)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1360"/>
+  <dimension ref="A1:H1382"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -4709,51 +4709,51 @@
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
           <t>Guild Buildings</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>.Boxes.GuildMemberStat.GuildBuildings</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Treasury Goods</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
           <t>Guild Members</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
@@ -22718,51 +22718,51 @@
       <c r="A1011" t="inlineStr"/>
       <c r="B1011" t="inlineStr">
         <is>
           <t>Display FP Investment sums</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr"/>
       <c r="D1011" t="inlineStr"/>
       <c r="E1011" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1011" t="inlineStr">
         <is>
           <t>.Settings.ShowInvestments.Title</t>
         </is>
       </c>
       <c r="G1011" t="inlineStr"/>
       <c r="H1011" t="inlineStr"/>
     </row>
     <row r="1012">
       <c r="A1012" t="inlineStr"/>
       <c r="B1012" t="inlineStr">
         <is>
-          <t>Replaces player names and guild names with links to player or guild profile on scoredb.io.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
         </is>
       </c>
       <c r="C1012" t="inlineStr"/>
       <c r="D1012" t="inlineStr"/>
       <c r="E1012" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1012" t="inlineStr">
         <is>
           <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G1012" t="inlineStr"/>
       <c r="H1012" t="inlineStr"/>
     </row>
     <row r="1013">
       <c r="A1013" t="inlineStr"/>
       <c r="B1013" t="inlineStr">
         <is>
           <t>Show links</t>
         </is>
       </c>
       <c r="C1013" t="inlineStr"/>
@@ -24429,51 +24429,51 @@
       <c r="A1088" t="inlineStr"/>
       <c r="B1088" t="inlineStr">
         <is>
           <t>Sound for Rival-Quest</t>
         </is>
       </c>
       <c r="C1088" t="inlineStr"/>
       <c r="D1088" t="inlineStr"/>
       <c r="E1088" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1088" t="inlineStr">
         <is>
           <t>.Settings.RivalSound.Title</t>
         </is>
       </c>
       <c r="G1088" t="inlineStr"/>
       <c r="H1088" t="inlineStr"/>
     </row>
     <row r="1089">
       <c r="A1089" t="inlineStr"/>
       <c r="B1089" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C1089" t="inlineStr">
         <is>
           <t>Tots els valors mostrats suposen que els edificis han finalitzat la seva construcció.</t>
         </is>
       </c>
       <c r="D1089" t="inlineStr"/>
       <c r="E1089" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1089" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G1089" t="inlineStr"/>
       <c r="H1089" t="inlineStr"/>
     </row>
     <row r="1090">
       <c r="A1090" t="inlineStr"/>
       <c r="B1090" t="inlineStr">
         <is>
@@ -24723,51 +24723,51 @@
       <c r="A1101" t="inlineStr"/>
       <c r="B1101" t="inlineStr">
         <is>
           <t>10h</t>
         </is>
       </c>
       <c r="C1101" t="inlineStr"/>
       <c r="D1101" t="inlineStr"/>
       <c r="E1101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1101" t="inlineStr">
         <is>
           <t>.Boxes.Alerts.Time.10h</t>
         </is>
       </c>
       <c r="G1101" t="inlineStr"/>
       <c r="H1101" t="inlineStr"/>
     </row>
     <row r="1102">
       <c r="A1102" t="inlineStr"/>
       <c r="B1102" t="inlineStr">
         <is>
-          <t>5hr</t>
+          <t>5h</t>
         </is>
       </c>
       <c r="C1102" t="inlineStr"/>
       <c r="D1102" t="inlineStr"/>
       <c r="E1102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1102" t="inlineStr">
         <is>
           <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G1102" t="inlineStr"/>
       <c r="H1102" t="inlineStr"/>
     </row>
     <row r="1103">
       <c r="A1103" t="inlineStr"/>
       <c r="B1103" t="inlineStr">
         <is>
           <t>Goods from earlier ages</t>
         </is>
       </c>
       <c r="C1103" t="inlineStr"/>
@@ -26549,51 +26549,51 @@
       <c r="A1184" t="inlineStr"/>
       <c r="B1184" t="inlineStr">
         <is>
           <t>Add selected buildings</t>
         </is>
       </c>
       <c r="C1184" t="inlineStr"/>
       <c r="D1184" t="inlineStr"/>
       <c r="E1184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1184" t="inlineStr">
         <is>
           <t>.Boxes.ProductionsRating.AddBuildings</t>
         </is>
       </c>
       <c r="G1184" t="inlineStr"/>
       <c r="H1184" t="inlineStr"/>
     </row>
     <row r="1185">
       <c r="A1185" t="inlineStr"/>
       <c r="B1185" t="inlineStr">
         <is>
-          <t xml:space="preserve">Number of Buildings: </t>
+          <t>buildings total</t>
         </is>
       </c>
       <c r="C1185" t="inlineStr"/>
       <c r="D1185" t="inlineStr"/>
       <c r="E1185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1185" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G1185" t="inlineStr"/>
       <c r="H1185" t="inlineStr"/>
     </row>
     <row r="1186">
       <c r="A1186" t="inlineStr"/>
       <c r="B1186" t="inlineStr">
         <is>
           <t xml:space="preserve">Number of Streets: </t>
         </is>
       </c>
       <c r="C1186" t="inlineStr"/>
@@ -30416,45 +30416,529 @@
       </c>
       <c r="G1359" t="inlineStr"/>
       <c r="H1359" t="inlineStr"/>
     </row>
     <row r="1360">
       <c r="A1360" t="inlineStr"/>
       <c r="B1360" t="inlineStr">
         <is>
           <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
         </is>
       </c>
       <c r="C1360" t="inlineStr"/>
       <c r="D1360" t="inlineStr"/>
       <c r="E1360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1360" t="inlineStr">
         <is>
           <t>.Settings.GexStockWarning.Desc</t>
         </is>
       </c>
       <c r="G1360" t="inlineStr"/>
       <c r="H1360" t="inlineStr"/>
+    </row>
+    <row r="1361">
+      <c r="A1361" t="inlineStr"/>
+      <c r="B1361" t="inlineStr">
+        <is>
+          <t>7d</t>
+        </is>
+      </c>
+      <c r="C1361" t="inlineStr"/>
+      <c r="D1361" t="inlineStr"/>
+      <c r="E1361" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1361" t="inlineStr">
+        <is>
+          <t>.Boxes.Alerts.Time.7d</t>
+        </is>
+      </c>
+      <c r="G1361" t="inlineStr"/>
+      <c r="H1361" t="inlineStr"/>
+    </row>
+    <row r="1362">
+      <c r="A1362" t="inlineStr"/>
+      <c r="B1362" t="inlineStr">
+        <is>
+          <t>City Grid Score</t>
+        </is>
+      </c>
+      <c r="C1362" t="inlineStr"/>
+      <c r="D1362" t="inlineStr"/>
+      <c r="E1362" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1362" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScore</t>
+        </is>
+      </c>
+      <c r="G1362" t="inlineStr"/>
+      <c r="H1362" t="inlineStr"/>
+    </row>
+    <row r="1363">
+      <c r="A1363" t="inlineStr"/>
+      <c r="B1363" t="inlineStr">
+        <is>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+        </is>
+      </c>
+      <c r="C1363" t="inlineStr"/>
+      <c r="D1363" t="inlineStr"/>
+      <c r="E1363" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1363" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
+        </is>
+      </c>
+      <c r="G1363" t="inlineStr"/>
+      <c r="H1363" t="inlineStr"/>
+    </row>
+    <row r="1364">
+      <c r="A1364" t="inlineStr"/>
+      <c r="B1364" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/town</t>
+        </is>
+      </c>
+      <c r="C1364" t="inlineStr"/>
+      <c r="D1364" t="inlineStr"/>
+      <c r="E1364" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1364" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.HelpLink</t>
+        </is>
+      </c>
+      <c r="G1364" t="inlineStr"/>
+      <c r="H1364" t="inlineStr"/>
+    </row>
+    <row r="1365">
+      <c r="A1365" t="inlineStr"/>
+      <c r="B1365" t="inlineStr">
+        <is>
+          <t>Buildings from GBG</t>
+        </is>
+      </c>
+      <c r="C1365" t="inlineStr"/>
+      <c r="D1365" t="inlineStr"/>
+      <c r="E1365" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1365" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
+        </is>
+      </c>
+      <c r="G1365" t="inlineStr"/>
+      <c r="H1365" t="inlineStr"/>
+    </row>
+    <row r="1366">
+      <c r="A1366" t="inlineStr"/>
+      <c r="B1366" t="inlineStr">
+        <is>
+          <t>Buildings from QI</t>
+        </is>
+      </c>
+      <c r="C1366" t="inlineStr"/>
+      <c r="D1366" t="inlineStr"/>
+      <c r="E1366" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1366" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromQI</t>
+        </is>
+      </c>
+      <c r="G1366" t="inlineStr"/>
+      <c r="H1366" t="inlineStr"/>
+    </row>
+    <row r="1367">
+      <c r="A1367" t="inlineStr"/>
+      <c r="B1367" t="inlineStr">
+        <is>
+          <t>Ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C1367" t="inlineStr"/>
+      <c r="D1367" t="inlineStr"/>
+      <c r="E1367" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1367" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.limited</t>
+        </is>
+      </c>
+      <c r="G1367" t="inlineStr"/>
+      <c r="H1367" t="inlineStr"/>
+    </row>
+    <row r="1368">
+      <c r="A1368" t="inlineStr"/>
+      <c r="B1368" t="inlineStr">
+        <is>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C1368" t="inlineStr"/>
+      <c r="D1368" t="inlineStr"/>
+      <c r="E1368" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1368" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.roadless</t>
+        </is>
+      </c>
+      <c r="G1368" t="inlineStr"/>
+      <c r="H1368" t="inlineStr"/>
+    </row>
+    <row r="1369">
+      <c r="A1369" t="inlineStr"/>
+      <c r="B1369" t="inlineStr">
+        <is>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C1369" t="inlineStr"/>
+      <c r="D1369" t="inlineStr"/>
+      <c r="E1369" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1369" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+        </is>
+      </c>
+      <c r="G1369" t="inlineStr"/>
+      <c r="H1369" t="inlineStr"/>
+    </row>
+    <row r="1370">
+      <c r="A1370" t="inlineStr"/>
+      <c r="B1370" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C1370" t="inlineStr"/>
+      <c r="D1370" t="inlineStr"/>
+      <c r="E1370" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1370" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Expedition.short</t>
+        </is>
+      </c>
+      <c r="G1370" t="inlineStr"/>
+      <c r="H1370" t="inlineStr"/>
+    </row>
+    <row r="1371">
+      <c r="A1371" t="inlineStr"/>
+      <c r="B1371" t="inlineStr">
+        <is>
+          <t>QI</t>
+        </is>
+      </c>
+      <c r="C1371" t="inlineStr"/>
+      <c r="D1371" t="inlineStr"/>
+      <c r="E1371" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1371" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
+        </is>
+      </c>
+      <c r="G1371" t="inlineStr"/>
+      <c r="H1371" t="inlineStr"/>
+    </row>
+    <row r="1372">
+      <c r="A1372" t="inlineStr"/>
+      <c r="B1372" t="inlineStr">
+        <is>
+          <t>Offset to servertime (minutes)</t>
+        </is>
+      </c>
+      <c r="C1372" t="inlineStr"/>
+      <c r="D1372" t="inlineStr"/>
+      <c r="E1372" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1372" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.serverOffset</t>
+        </is>
+      </c>
+      <c r="G1372" t="inlineStr"/>
+      <c r="H1372" t="inlineStr"/>
+    </row>
+    <row r="1373">
+      <c r="A1373" t="inlineStr"/>
+      <c r="B1373" t="inlineStr">
+        <is>
+          <t>display times in server time</t>
+        </is>
+      </c>
+      <c r="C1373" t="inlineStr"/>
+      <c r="D1373" t="inlineStr"/>
+      <c r="E1373" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1373" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
+        </is>
+      </c>
+      <c r="G1373" t="inlineStr"/>
+      <c r="H1373" t="inlineStr"/>
+    </row>
+    <row r="1374">
+      <c r="A1374" t="inlineStr"/>
+      <c r="B1374" t="inlineStr">
+        <is>
+          <t>copy attack colors</t>
+        </is>
+      </c>
+      <c r="C1374" t="inlineStr"/>
+      <c r="D1374" t="inlineStr"/>
+      <c r="E1374" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1374" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
+        </is>
+      </c>
+      <c r="G1374" t="inlineStr"/>
+      <c r="H1374" t="inlineStr"/>
+    </row>
+    <row r="1375">
+      <c r="A1375" t="inlineStr"/>
+      <c r="B1375" t="inlineStr">
+        <is>
+          <t>Change in Copy Behavior!</t>
+        </is>
+      </c>
+      <c r="C1375" t="inlineStr"/>
+      <c r="D1375" t="inlineStr"/>
+      <c r="E1375" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1375" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+        </is>
+      </c>
+      <c r="G1375" t="inlineStr"/>
+      <c r="H1375" t="inlineStr"/>
+    </row>
+    <row r="1376">
+      <c r="A1376" t="inlineStr"/>
+      <c r="B1376" t="inlineStr">
+        <is>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+        </is>
+      </c>
+      <c r="C1376" t="inlineStr"/>
+      <c r="D1376" t="inlineStr"/>
+      <c r="E1376" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1376" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G1376" t="inlineStr"/>
+      <c r="H1376" t="inlineStr"/>
+    </row>
+    <row r="1377">
+      <c r="A1377" t="inlineStr"/>
+      <c r="B1377" t="inlineStr">
+        <is>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+        </is>
+      </c>
+      <c r="C1377" t="inlineStr"/>
+      <c r="D1377" t="inlineStr"/>
+      <c r="E1377" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1377" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+        </is>
+      </c>
+      <c r="G1377" t="inlineStr"/>
+      <c r="H1377" t="inlineStr"/>
+    </row>
+    <row r="1378">
+      <c r="A1378" t="inlineStr"/>
+      <c r="B1378" t="inlineStr">
+        <is>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+        </is>
+      </c>
+      <c r="C1378" t="inlineStr"/>
+      <c r="D1378" t="inlineStr"/>
+      <c r="E1378" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1378" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+        </is>
+      </c>
+      <c r="G1378" t="inlineStr"/>
+      <c r="H1378" t="inlineStr"/>
+    </row>
+    <row r="1379">
+      <c r="A1379" t="inlineStr"/>
+      <c r="B1379" t="inlineStr">
+        <is>
+          <t>Do not show items with this currency</t>
+        </is>
+      </c>
+      <c r="C1379" t="inlineStr"/>
+      <c r="D1379" t="inlineStr"/>
+      <c r="E1379" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1379" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
+        </is>
+      </c>
+      <c r="G1379" t="inlineStr"/>
+      <c r="H1379" t="inlineStr"/>
+    </row>
+    <row r="1380">
+      <c r="A1380" t="inlineStr"/>
+      <c r="B1380" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C1380" t="inlineStr"/>
+      <c r="D1380" t="inlineStr"/>
+      <c r="E1380" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1380" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.BlockCollectAll</t>
+        </is>
+      </c>
+      <c r="G1380" t="inlineStr"/>
+      <c r="H1380" t="inlineStr"/>
+    </row>
+    <row r="1381">
+      <c r="A1381" t="inlineStr"/>
+      <c r="B1381" t="inlineStr">
+        <is>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+        </is>
+      </c>
+      <c r="C1381" t="inlineStr"/>
+      <c r="D1381" t="inlineStr"/>
+      <c r="E1381" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1381" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Desc</t>
+        </is>
+      </c>
+      <c r="G1381" t="inlineStr"/>
+      <c r="H1381" t="inlineStr"/>
+    </row>
+    <row r="1382">
+      <c r="A1382" t="inlineStr"/>
+      <c r="B1382" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C1382" t="inlineStr"/>
+      <c r="D1382" t="inlineStr"/>
+      <c r="E1382" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1382" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Title</t>
+        </is>
+      </c>
+      <c r="G1382" t="inlineStr"/>
+      <c r="H1382" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>