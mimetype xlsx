--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H60"/>
+  <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,1573 +396,1603 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/deutsch/module/kostenrechner</t>
+          <t>Du wirst evtl. sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Boxes.Calculator.HelpLink</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>To plan your city on foe-helper.com, we need to send your data to the website. &lt;br&gt;If you don't have an account there yet, your basic data will be sent along with this transmission. You can then register your account on the website.</t>
+          <t>Only highlights</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Um deine Stadt planen zu können, müssen wir deine Daten zu foe-helper.com schicken. Dort kannst du dich dann austoben. &lt;br&gt;Solltest Du dort noch keinen Account haben werden mit dieser Übermittlung Deine Grunddaten mitgesendet. Auf der Webseite kannst Du dann deinen Account registrieren.</t>
+          <t>Nur markierte Gebäude</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.Desc1</t>
+          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t xml:space="preserve">Data was successfully Uploaded…  Now visit </t>
+          <t>Collection</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t xml:space="preserve">Die Daten wurden übermittelt... Geh nun zu </t>
+          <t>Ernte</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.SubmitSuccess</t>
+          <t>.Boxes.Productions.Headings.earning</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+          <t>Should the "Aztec Helper" box be opened when starting a Aztec Minigame?</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/de/lg-investitionen/?lang=de</t>
+          <t>Soll der Azteken Helfer geöffnet werden wenn ein Minigame gestartet wird?</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
+          <t>.Settings.ShowAztecHelper.Desc</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr"/>
+      <c r="H5" t="inlineStr"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Use this value instead of the actual reset cost (0 means disabled)</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Statt der tatsächlichen Reset-Kosten diesen Wert nehmen (0 für aus)</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr"/>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>.Boxes.MergerGame.useAverage</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr"/>
+      <c r="H6" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr"/>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Aztec Helper</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Azteken Helfer</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr"/>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>.Settings.ShowAztecHelper.Title</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr"/>
+      <c r="H7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr"/>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Listet alle vorhandenen Gebäude, Upgrade- und Auswahlkits für Set- und Kettengebäude auf.</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr"/>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>.Menu.Kits.Desc</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr"/>
+      <c r="H8" t="inlineStr"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>DD/MMM/YYYY</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>DD.MM.YYYY</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr"/>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>.Date</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Is the order of items (Y, M, D) rearrangable as well ?
+(I would strongly urge you to use iso-8601 otherwise)</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr"/>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Shows a small badge with a counter of how many quests you can still refuse.</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Zeigt einen kleinen Bagde mit einem Zähler an, wie viele Quests Sie noch ablehnen können. 2000 ist das Maximum.</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr"/>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>.Settings.Show2kQuestMark.Desc</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr"/>
+      <c r="H10" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr"/>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Guild Expedition</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Gilden-Expedition</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr"/>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr"/>
+      <c r="H11" t="inlineStr"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr"/>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Residential</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Wohngebäude</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr"/>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.residential</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr"/>
+      <c r="H12" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr"/>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Production</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Produktionsgebäude</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr"/>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.production</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr"/>
+      <c r="H13" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr"/>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>GEX</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr"/>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>.Boxes.Castle.Gex</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr"/>
+      <c r="H14" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr"/>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>The current Status of the game</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Aktueller Zustand des Spiels</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr"/>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>.Boxes.MergerGame.Status.Title</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr"/>
+      <c r="H15" t="inlineStr"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr"/>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>End date</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Enddatum</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr"/>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildMemberStat.EndDate</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr"/>
+      <c r="H16" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr"/>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Anzahl der Gebäude in deiner Stadt. Für die Bewertung wird nur das Gebäude mit dem höchsten Zeitalter berücksichtigt!</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr"/>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr"/>
+      <c r="H17" t="inlineStr"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr"/>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Military</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Militärgebäude</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr"/>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.military</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr"/>
+      <c r="H18" t="inlineStr"/>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr"/>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Antique dealer</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Antiquitätenhändler</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr"/>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>.Boxes.Castle.AntiqueDealer</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr"/>
+      <c r="H19" t="inlineStr"/>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr"/>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Add Building</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Spezialgebäude hinzufügen</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr"/>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr"/>
+      <c r="H20" t="inlineStr"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr"/>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Target Progress for Workers used: </t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Zielfortschritt für verbrauchte Fußbälle: </t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr"/>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr"/>
+      <c r="H21" t="inlineStr"/>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr"/>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Special</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Spezialgebäude</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr"/>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.off_grid</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr"/>
+      <c r="H22" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr"/>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Random</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Zufallsproduktionen</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr"/>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.random_production</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr"/>
+      <c r="H23" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr"/>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Events</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr"/>
+      <c r="D24" t="inlineStr"/>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>.Boxes.Kits.Events</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr"/>
+      <c r="H24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr"/>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/stats</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/de/statistiken/?lang=de</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr"/>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>.Boxes.Stats.HelpLink</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr"/>
+      <c r="H25" t="inlineStr"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr"/>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Ohne einen API-Token für diese Welt, den Du kostenlos auf der Website erhalten kannst, werden keine Städte oder Notizen übertragen.&lt;br&gt;Für eine Anleitung, klicke hier:</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr"/>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr"/>
+      <c r="H26" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr"/>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>If you want to use the notes or the city planner, activate this item.&lt;br&gt;For a stand-alone extension, simply deactivate it.</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Wenn Du die Notizen oder den Stadtplaner auf foe-helper.com benutzen möchtest, aktiviere diesen Punkt.&lt;br&gt;Für eine autarke Extension einfach deaktivieren.</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr"/>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>.Settings.GlobalSend.Desc</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr"/>
+      <c r="H27" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr"/>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/de/lg-investitionen/?lang=de</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr"/>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
           <t>.Boxes.GreatBuildings.HelpLink</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G28" t="inlineStr">
         <is>
           <t>Legendäre Gebäude wurden von FOE im kompletten Spiel und Wiki zu Legendäre Bauwerke umbenannt. Seht ihr es genau so wie ich, dass es dadurch auch hier umbenannt werden sollte?!?
 Nachweis der Umbenennung: https://de.wiki.forgeofempires.com/index.php?title=Legend%C3%A4re_Bauwerke
 Der link der Webseite sollte daher zu https://foe-rechner.de/docs/1/lb-investitionen/ werden! Allerdings müsste das auch der Entwickler am Server ändern.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr"/>
-[...601 lines deleted...]
-      <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Participating</t>
+          <t>Goods</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Teilnehmer</t>
+          <t>Gütergebäude</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.Participant</t>
+          <t>.Boxes.CityMap.goods</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>End date</t>
+          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Enddatum</t>
+          <t>Alle Werte gehen davon aus, dass die Gebäude fertiggestellt sind. Rathaus Produktionen werden nicht einberechnet.</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.EndDate</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>https://docs.foe-helper.com/english/module/incidents</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Spezialgebäude</t>
+          <t>https://foe-helper.com/docs/2/incidents</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Boxes.HiddenRewards.HelpLink</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Close Box</t>
+          <t xml:space="preserve">Data was successfully Uploaded…  Now visit </t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t xml:space="preserve">Die Daten wurden übermittelt... Geh nun zu </t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>.Boxes.CloseBox.Title</t>
+          <t>.Boxes.CityMap.SubmitSuccess</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Antique dealer</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Antiquitätenhändler</t>
+          <t>Andere Gebäude</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.AntiqueDealer</t>
+          <t>.Boxes.CityMap.generic_building</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>GE</t>
+          <t>Image size</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>GEX</t>
+          <t>Bildgröße</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.Gex</t>
+          <t>.Boxes.Units.PictogramScalingTitle</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>GE Main Encounters</t>
+          <t>To plan your city on foe-helper.com, we need to send your data to the website. &lt;br&gt;If you don't have an account there yet, your basic data will be sent along with this transmission. You can then register your account on the website.</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>GEX Hauptbegegnungen</t>
+          <t>Um deine Stadt planen zu können, müssen wir deine Daten zu foe-helper.com schicken. Dort kannst du dich dann austoben. &lt;br&gt;Solltest Du dort noch keinen Account haben werden mit dieser Übermittlung Deine Grunddaten mitgesendet. Auf der Webseite kannst Du dann deinen Account registrieren.</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.GexLastOfSections</t>
+          <t>.Boxes.CityMap.Desc1</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Open the GE overview to update the data.</t>
+          <t>GBs</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Öffne die GEX Übersicht um die Daten zu aktualisieren.</t>
+          <t>Legendäre Bauwerke</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.VisitGexWarning</t>
+          <t>.Boxes.CityMap.greatbuilding</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Castle System</t>
+          <t>DD/MMM</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Burgsystem</t>
+          <t>DD.MM</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>.Menu.Castle.Title</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Andere Gebäude</t>
+          <t>Militärgebäude</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.generic_building</t>
+          <t>.Boxes.CityMap.military</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Image size</t>
+          <t>Should all box coordinates be reset? This can bring back windows you managed to move out of sight.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Bildgröße</t>
+          <t>Sollen alle Box Koordinaten zurückgesetzt werden?</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>.Boxes.Units.PictogramScalingTitle</t>
+          <t>.Settings.ResetBoxPositions.Desc</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Should the "Aztec Helper" box be opened when starting a Aztec Minigame?</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add Advice</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>.Settings.ShowAztecHelper.Desc</t>
+          <t>.Boxes.BattleAssistAddAdvice.Title</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Aztec Helper</t>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Azteken Helfer</t>
+          <t>Du wirst sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>.Settings.ShowAztecHelper.Title</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Events</t>
-[...2 lines deleted...]
-      <c r="C42" t="inlineStr"/>
+          <t>Cultural</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Kulturelle Gebäude</t>
+        </is>
+      </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Events</t>
+          <t>.Boxes.CityMap.culture</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Add Advice</t>
-[...2 lines deleted...]
-      <c r="C43" t="inlineStr"/>
+          <t>Castle System</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Burgsystem</t>
+        </is>
+      </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>.Boxes.BattleAssistAddAdvice.Title</t>
+          <t>.Menu.Castle.Title</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>Needs two lane road</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>Militärgebäude</t>
+          <t>Braucht eine zweispurige Straße</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.CombatCalculator.StreetRequired</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>The current Status of the game</t>
+          <t>GE Main Encounters</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Aktueller Zustand des Spiels</t>
+          <t>GEX Hauptbegegnungen</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Status.Title</t>
+          <t>.Boxes.Castle.GexLastOfSections</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Workers used: </t>
+          <t>5hr</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zielfortschritt für verbrauchte Fußbälle: </t>
+          <t>5h</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Use this value instead of the actual reset cost (0 means disabled)</t>
+          <t>Idle Game (e.g. St. Patricks)</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Statt der tatsächlichen Reset-Kosten diesen Wert nehmen (0 für aus)</t>
+          <t>Idle Game (z.B. St. Patricks)</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.useAverage</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
           <t>Thousand</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Tausend</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>.Boxes.idleGame.K</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
+          <t>Close Box</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Du wirst sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Boxes.CloseBox.Title</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t>Residential</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Du wirst evtl. sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+          <t>Wohngebäude</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.CityMap.residential</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Production, Population and Euphoria values assumes your buildings have finished construction.</t>
+          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Produktions-, Einwohner- und Euphoriewerte nehmen an, dass die Gebäude fertiggestellt sind.</t>
+          <t>https://docs.foe-helper.com/deutsch/module/kostenrechner</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Boxes.Calculator.HelpLink</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
+          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Ohne einen API-Token für diese Welt, den Du kostenlos auf der Website erhalten kannst, werden keine Städte oder Notizen übertragen.&lt;br&gt;Für eine Anleitung, klicke hier:</t>
+          <t>https://docs.foe-helper.com/deutsch/module/eigenanteilsrechner</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
+          <t>.Boxes.OwnpartCalculator.HelpLink</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>5hr</t>
+          <t>Participating</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>5h</t>
+          <t>Teilnehmer</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Boxes.GexStat.Participant</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Only highlights</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Nur markierte Gebäude</t>
+          <t>Übersicht über die meisten Boosts, Errungenschaften, Gegenstände und andere Stadt-Statistiken.</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Add Building</t>
+          <t>The Helper uses notifications in various places. You can switch this on or off here.</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Spezialgebäude hinzufügen</t>
+          <t>Der Helfer benutzt an verschiedenen Stellen Benachrichtigungen. Hier kannst Du sie an- oder abschalten.</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Settings.ShowNotifications.Desc</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Needs two lane road</t>
+          <t>Open the GE overview to update the data.</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Braucht eine zweispurige Straße</t>
+          <t>Öffne die GEX Übersicht um die Daten zu aktualisieren.</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.StreetRequired</t>
+          <t>.Boxes.Castle.VisitGexWarning</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+          <t>You have lost a higher era unit (above your current era). However you still have the chance to heal them with diamonds!</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Anzahl der Gebäude in deiner Stadt. Für die Bewertung wird nur das Gebäude mit dem höchsten Zeitalter berücksichtigt!</t>
+          <t>Sie haben eine Einheit eines zukünftigen Zeitalters verloren. Sie haben jedoch immer noch die Möglichkeit, sie mit Diamanten zu heilen!</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.BattleAssist.Text.NextEra</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>For guild events you have to visit the GBG map first</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Übersicht über die meisten Boosts, Errungenschaften, Gegenstände und andere Stadt-Statistiken.</t>
+          <t>Um Events der GG zu nutzen, besuche zuerst die Gildengefecht Karte</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C59" t="inlineStr"/>
+          <t>DD/MMM/YY @ HH:mm:ss a</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>DD.MM.YYYY HH:mm [Uhr]</t>
+        </is>
+      </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
+          <t>.DateTime</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Updates the 'GB calculator' for all GBs</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Idle Game (z.B. St. Patricks)</t>
+          <t>EA Rechner immer aktualisieren</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Settings.ShowOwnPartOnAllGBs.Title</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr"/>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/negotiation</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/de/verhandlungsassistent/?lang=de</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr"/>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>.Boxes.Negotiation.HelpLink</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr"/>
+      <c r="H61" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>