--- v1 (2025-11-20)
+++ v2 (2026-01-07)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H61"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,1603 +396,1629 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Du wirst evtl. sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+          <t>https://docs.foe-helper.com/deutsch/module/kostenrechner</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.Calculator.HelpLink</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Only highlights</t>
+          <t>To plan your city on foe-helper.com, we need to send your data to the website. &lt;br&gt;If you don't have an account there yet, your basic data will be sent along with this transmission. You can then register your account on the website.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Nur markierte Gebäude</t>
+          <t>Um deine Stadt planen zu können, müssen wir deine Daten zu foe-helper.com schicken. Dort kannst du dich dann austoben. &lt;br&gt;Solltest Du dort noch keinen Account haben werden mit dieser Übermittlung Deine Grunddaten mitgesendet. Auf der Webseite kannst Du dann deinen Account registrieren.</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+          <t>.Boxes.CityMap.Desc1</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Collection</t>
+          <t xml:space="preserve">Data was successfully Uploaded…  Now visit </t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Ernte</t>
+          <t xml:space="preserve">Die Daten wurden übermittelt... Geh nun zu </t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.earning</t>
+          <t>.Boxes.CityMap.SubmitSuccess</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Should the "Aztec Helper" box be opened when starting a Aztec Minigame?</t>
+          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Soll der Azteken Helfer geöffnet werden wenn ein Minigame gestartet wird?</t>
+          <t>https://foe-helper.com/docs/de/lg-investitionen/?lang=de</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>.Settings.ShowAztecHelper.Desc</t>
-[...2 lines deleted...]
-      <c r="G5" t="inlineStr"/>
+          <t>.Boxes.GreatBuildings.HelpLink</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Legendäre Gebäude wurden von FOE im kompletten Spiel und Wiki zu Legendäre Bauwerke umbenannt. Seht ihr es genau so wie ich, dass es dadurch auch hier umbenannt werden sollte?!?
+Nachweis der Umbenennung: https://de.wiki.forgeofempires.com/index.php?title=Legend%C3%A4re_Bauwerke
+Der link der Webseite sollte daher zu https://foe-rechner.de/docs/1/lb-investitionen/ werden! Allerdings müsste das auch der Entwickler am Server ändern.</t>
+        </is>
+      </c>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Use this value instead of the actual reset cost (0 means disabled)</t>
+          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Statt der tatsächlichen Reset-Kosten diesen Wert nehmen (0 für aus)</t>
+          <t>https://docs.foe-helper.com/deutsch/module/eigenanteilsrechner</t>
         </is>
       </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.useAverage</t>
+          <t>.Boxes.OwnpartCalculator.HelpLink</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Aztec Helper</t>
+          <t>Collection</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Azteken Helfer</t>
+          <t>Ernte</t>
         </is>
       </c>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>.Settings.ShowAztecHelper.Title</t>
+          <t>.Boxes.Productions.Headings.earning</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
+          <t>Residential</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Listet alle vorhandenen Gebäude, Upgrade- und Auswahlkits für Set- und Kettengebäude auf.</t>
+          <t>Wohngebäude</t>
         </is>
       </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>.Menu.Kits.Desc</t>
+          <t>.Boxes.Productions.Headings.residential</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>DD/MMM/YYYY</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>DD.MM.YYYY</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>.Date</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Is the order of items (Y, M, D) rearrangable as well ?
 (I would strongly urge you to use iso-8601 otherwise)</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Shows a small badge with a counter of how many quests you can still refuse.</t>
+          <t>DD/MMM/YY @ HH:mm:ss a</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Zeigt einen kleinen Bagde mit einem Zähler an, wie viele Quests Sie noch ablehnen können. 2000 ist das Maximum.</t>
+          <t>DD.MM.YYYY HH:mm [Uhr]</t>
         </is>
       </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>.Settings.Show2kQuestMark.Desc</t>
+          <t>.DateTime</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Gilden-Expedition</t>
+          <t>Listet alle vorhandenen Gebäude, Upgrade- und Auswahlkits für Set- und Kettengebäude auf.</t>
         </is>
       </c>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.Guildexpedition</t>
+          <t>.Menu.Kits.Desc</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Residential</t>
+          <t>If you want to use the notes or the city planner, activate this item.&lt;br&gt;For a stand-alone extension, simply deactivate it.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Wohngebäude</t>
+          <t>Wenn Du die Notizen oder den Stadtplaner auf foe-helper.com benutzen möchtest, aktiviere diesen Punkt.&lt;br&gt;Für eine autarke Extension einfach deaktivieren.</t>
         </is>
       </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.residential</t>
+          <t>.Settings.GlobalSend.Desc</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Production</t>
+          <t>Should all box coordinates be reset? This can bring back windows you managed to move out of sight.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Produktionsgebäude</t>
+          <t>Sollen alle Box Koordinaten zurückgesetzt werden?</t>
         </is>
       </c>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.production</t>
+          <t>.Settings.ResetBoxPositions.Desc</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>GE</t>
+          <t>Updates the 'GB calculator' for all GBs</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>GEX</t>
+          <t>EA Rechner immer aktualisieren</t>
         </is>
       </c>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.Gex</t>
+          <t>.Settings.ShowOwnPartOnAllGBs.Title</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>The current Status of the game</t>
+          <t>https://docs.foe-helper.com/english/module/negotiation</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Aktueller Zustand des Spiels</t>
+          <t>https://foe-helper.com/docs/de/verhandlungsassistent/?lang=de</t>
         </is>
       </c>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Status.Title</t>
+          <t>.Boxes.Negotiation.HelpLink</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>End date</t>
+          <t>https://docs.foe-helper.com/english/module/stats</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Enddatum</t>
+          <t>https://foe-helper.com/docs/de/statistiken/?lang=de</t>
         </is>
       </c>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.EndDate</t>
+          <t>.Boxes.Stats.HelpLink</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+          <t>https://docs.foe-helper.com/english/module/incidents</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Anzahl der Gebäude in deiner Stadt. Für die Bewertung wird nur das Gebäude mit dem höchsten Zeitalter berücksichtigt!</t>
+          <t>https://foe-helper.com/docs/2/incidents</t>
         </is>
       </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.HiddenRewards.HelpLink</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>You have lost a higher era unit (above your current era). However you still have the chance to heal them with diamonds!</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Militärgebäude</t>
+          <t>Sie haben eine Einheit eines zukünftigen Zeitalters verloren. Sie haben jedoch immer noch die Möglichkeit, sie mit Diamanten zu heilen!</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.BattleAssist.Text.NextEra</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Antique dealer</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Antiquitätenhändler</t>
+          <t>Gilden-Expedition</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.AntiqueDealer</t>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Add Building</t>
+          <t>The Helper uses notifications in various places. You can switch this on or off here.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Spezialgebäude hinzufügen</t>
+          <t>Der Helfer benutzt an verschiedenen Stellen Benachrichtigungen. Hier kannst Du sie an- oder abschalten.</t>
         </is>
       </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Settings.ShowNotifications.Desc</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Workers used: </t>
+          <t>Cultural</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zielfortschritt für verbrauchte Fußbälle: </t>
+          <t>Kultur</t>
         </is>
       </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
+          <t>.Boxes.CityMap.culture</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Goods</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Spezialgebäude</t>
+          <t>Güter</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Boxes.CityMap.goods</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Random</t>
+          <t>GBs</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Zufallsproduktionen</t>
+          <t>LB</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.random_production</t>
+          <t>.Boxes.CityMap.greatbuilding</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Events</t>
-[...2 lines deleted...]
-      <c r="C24" t="inlineStr"/>
+          <t>Military</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Militär</t>
+        </is>
+      </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Events</t>
+          <t>.Boxes.CityMap.military</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/stats</t>
+          <t>Production</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/de/statistiken/?lang=de</t>
+          <t>Produktionen</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.HelpLink</t>
+          <t>.Boxes.CityMap.production</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
+          <t>Random</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Ohne einen API-Token für diese Welt, den Du kostenlos auf der Website erhalten kannst, werden keine Städte oder Notizen übertragen.&lt;br&gt;Für eine Anleitung, klicke hier:</t>
+          <t>Zufallsproduktionen</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
+          <t>.Boxes.CityMap.random_production</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>If you want to use the notes or the city planner, activate this item.&lt;br&gt;For a stand-alone extension, simply deactivate it.</t>
+          <t>Residential</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Wenn Du die Notizen oder den Stadtplaner auf foe-helper.com benutzen möchtest, aktiviere diesen Punkt.&lt;br&gt;Für eine autarke Extension einfach deaktivieren.</t>
+          <t>Wohngebäude</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>.Settings.GlobalSend.Desc</t>
+          <t>.Boxes.CityMap.residential</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/de/lg-investitionen/?lang=de</t>
+          <t>Gildengüter</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>.Boxes.GreatBuildings.HelpLink</t>
-[...8 lines deleted...]
-      </c>
+          <t>.Boxes.GuildMemberStat.GuildGoods</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Goods</t>
+          <t>Shows a small badge with a counter of how many quests you can still refuse.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Gütergebäude</t>
+          <t>Zeigt einen kleinen Bagde mit einem Zähler an, wie viele Quests Sie noch ablehnen können. 2000 ist das Maximum.</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.goods</t>
+          <t>.Settings.Show2kQuestMark.Desc</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
+          <t>DD/MMM</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Alle Werte gehen davon aus, dass die Gebäude fertiggestellt sind. Rathaus Produktionen werden nicht einberechnet.</t>
+          <t>DD.MM</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/incidents</t>
+          <t>Participating</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/2/incidents</t>
+          <t>Teilnehmer</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>.Boxes.HiddenRewards.HelpLink</t>
+          <t>.Boxes.GexStat.Participant</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t xml:space="preserve">Data was successfully Uploaded…  Now visit </t>
+          <t>End date</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t xml:space="preserve">Die Daten wurden übermittelt... Geh nun zu </t>
+          <t>Enddatum</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.SubmitSuccess</t>
+          <t>.Boxes.GuildMemberStat.EndDate</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Andere Gebäude</t>
+          <t>Spezialgebäude</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.generic_building</t>
+          <t>.Boxes.Productions.Headings.off_grid</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Image size</t>
+          <t>Close Box</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Bildgröße</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>.Boxes.Units.PictogramScalingTitle</t>
+          <t>.Boxes.CloseBox.Title</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>To plan your city on foe-helper.com, we need to send your data to the website. &lt;br&gt;If you don't have an account there yet, your basic data will be sent along with this transmission. You can then register your account on the website.</t>
+          <t>Antique dealer</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Um deine Stadt planen zu können, müssen wir deine Daten zu foe-helper.com schicken. Dort kannst du dich dann austoben. &lt;br&gt;Solltest Du dort noch keinen Account haben werden mit dieser Übermittlung Deine Grunddaten mitgesendet. Auf der Webseite kannst Du dann deinen Account registrieren.</t>
+          <t>Antiquitätenhändler</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.Desc1</t>
+          <t>.Boxes.Castle.AntiqueDealer</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>GBs</t>
+          <t>GE</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Legendäre Bauwerke</t>
+          <t>GEX</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.greatbuilding</t>
+          <t>.Boxes.Castle.Gex</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
+          <t>GE Main Encounters</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>DD.MM</t>
+          <t>GEX Hauptbegegnungen</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Boxes.Castle.GexLastOfSections</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>Open the GE overview to update the data.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Militärgebäude</t>
+          <t>Öffne die GEX Übersicht um die Daten zu aktualisieren.</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.military</t>
+          <t>.Boxes.Castle.VisitGexWarning</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Should all box coordinates be reset? This can bring back windows you managed to move out of sight.</t>
+          <t>Castle System</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Sollen alle Box Koordinaten zurückgesetzt werden?</t>
+          <t>Burgsystem</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>.Settings.ResetBoxPositions.Desc</t>
+          <t>.Menu.Castle.Title</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Add Advice</t>
-[...2 lines deleted...]
-      <c r="C40" t="inlineStr"/>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Andere Gebäude</t>
+        </is>
+      </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>.Boxes.BattleAssistAddAdvice.Title</t>
+          <t>.Boxes.CityMap.generic_building</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
+          <t>Image size</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Du wirst sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+          <t>Bildgröße</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Boxes.Units.PictogramScalingTitle</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Cultural</t>
+          <t>Should the "Aztec Helper" box be opened when starting a Aztec Minigame?</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Kulturelle Gebäude</t>
+          <t>Soll der Azteken Helfer geöffnet werden wenn ein Minigame gestartet wird?</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.culture</t>
+          <t>.Settings.ShowAztecHelper.Desc</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Castle System</t>
+          <t>Aztec Helper</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Burgsystem</t>
+          <t>Azteken Helfer</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>.Menu.Castle.Title</t>
+          <t>.Settings.ShowAztecHelper.Title</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Needs two lane road</t>
-[...6 lines deleted...]
-      </c>
+          <t>Events</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.StreetRequired</t>
+          <t>.Boxes.Kits.Events</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>GE Main Encounters</t>
+          <t>For guild events you have to visit the GBG map first</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>GEX Hauptbegegnungen</t>
+          <t>Um Events der GG zu nutzen, besuche zuerst die Gildengefecht Karte</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.GexLastOfSections</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>5hr</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add Advice</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Boxes.BattleAssistAddAdvice.Title</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Idle Game (z.B. St. Patricks)</t>
+          <t>Militärgebäude</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Boxes.Productions.Headings.military</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Thousand</t>
+          <t>The current Status of the game</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Tausend</t>
+          <t>Aktueller Zustand des Spiels</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>.Boxes.idleGame.K</t>
+          <t>.Boxes.MergerGame.Status.Title</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Close Box</t>
+          <t xml:space="preserve">Target Progress for Workers used: </t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Titel</t>
+          <t xml:space="preserve">Zielfortschritt für verbrauchte Fußbälle: </t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>.Boxes.CloseBox.Title</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Residential</t>
+          <t>Use this value instead of the actual reset cost (0 means disabled)</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Wohngebäude</t>
+          <t>Statt der tatsächlichen Reset-Kosten diesen Wert nehmen (0 für aus)</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.residential</t>
+          <t>.Boxes.MergerGame.useAverage</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
+          <t>Thousand</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/deutsch/module/kostenrechner</t>
+          <t>Tausend</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>.Boxes.Calculator.HelpLink</t>
+          <t>.Boxes.idleGame.K</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/deutsch/module/eigenanteilsrechner</t>
+          <t>Du wirst sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>.Boxes.OwnpartCalculator.HelpLink</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Participating</t>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Teilnehmer</t>
+          <t>Du wirst evtl. sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.Participant</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Übersicht über die meisten Boosts, Errungenschaften, Gegenstände und andere Stadt-Statistiken.</t>
+          <t>Alle Werte gehen davon aus, dass die Gebäude fertiggestellt sind.</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>The Helper uses notifications in various places. You can switch this on or off here.</t>
+          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Der Helfer benutzt an verschiedenen Stellen Benachrichtigungen. Hier kannst Du sie an- oder abschalten.</t>
+          <t>Ohne einen API-Token für diese Welt, den Du kostenlos auf der Website erhalten kannst, werden keine Städte oder Notizen übertragen.&lt;br&gt;Für eine Anleitung, klicke hier:</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>.Settings.ShowNotifications.Desc</t>
+          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Open the GE overview to update the data.</t>
+          <t>5h</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Öffne die GEX Übersicht um die Daten zu aktualisieren.</t>
+          <t>5Std</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.VisitGexWarning</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>You have lost a higher era unit (above your current era). However you still have the chance to heal them with diamonds!</t>
+          <t>Only highlights</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Sie haben eine Einheit eines zukünftigen Zeitalters verloren. Sie haben jedoch immer noch die Möglichkeit, sie mit Diamanten zu heilen!</t>
+          <t>Nur markierte Gebäude</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>.Boxes.BattleAssist.Text.NextEra</t>
+          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>For guild events you have to visit the GBG map first</t>
+          <t>Add Building</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Um Events der GG zu nutzen, besuche zuerst die Gildengefecht Karte</t>
+          <t>Spezialgebäude hinzufügen</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.VisitGGMapBefore</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>DD/MMM/YY @ HH:mm:ss a</t>
+          <t>Needs two lane road</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>DD.MM.YYYY HH:mm [Uhr]</t>
+          <t>Braucht eine zweispurige Straße</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>.DateTime</t>
+          <t>.Boxes.CombatCalculator.StreetRequired</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Updates the 'GB calculator' for all GBs</t>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>EA Rechner immer aktualisieren</t>
+          <t>Anzahl der Gebäude in deiner Stadt. Für die Bewertung wird nur das Gebäude mit dem höchsten Zeitalter berücksichtigt!</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartOnAllGBs.Title</t>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/negotiation</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/de/verhandlungsassistent/?lang=de</t>
+          <t>Übersicht über die meisten Boosts, Errungenschaften, Gegenstände und andere Stadt-Statistiken.</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>.Boxes.Negotiation.HelpLink</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr"/>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Idle Game (e.g. St. Patricks)</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Idle Game (z.B. St. Patricks)</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr"/>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>.Settings.EventHelperIdle</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr"/>
+      <c r="H62" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>