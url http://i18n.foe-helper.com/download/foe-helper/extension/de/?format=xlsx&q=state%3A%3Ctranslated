--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -396,1629 +396,1629 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
+          <t>If you want to use the notes or the city planner, activate this item.&lt;br&gt;For a stand-alone extension, simply deactivate it.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/deutsch/module/kostenrechner</t>
+          <t>Wenn Du die Notizen oder den Stadtplaner auf foe-helper.com benutzen möchtest, aktiviere diesen Punkt.&lt;br&gt;Für eine autarke Extension einfach deaktivieren.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Boxes.Calculator.HelpLink</t>
+          <t>.Settings.GlobalSend.Desc</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>To plan your city on foe-helper.com, we need to send your data to the website. &lt;br&gt;If you don't have an account there yet, your basic data will be sent along with this transmission. You can then register your account on the website.</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Um deine Stadt planen zu können, müssen wir deine Daten zu foe-helper.com schicken. Dort kannst du dich dann austoben. &lt;br&gt;Solltest Du dort noch keinen Account haben werden mit dieser Übermittlung Deine Grunddaten mitgesendet. Auf der Webseite kannst Du dann deinen Account registrieren.</t>
+          <t>Gildengüter</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.Desc1</t>
+          <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t xml:space="preserve">Data was successfully Uploaded…  Now visit </t>
+          <t>Use this value instead of the actual reset cost (0 means disabled)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t xml:space="preserve">Die Daten wurden übermittelt... Geh nun zu </t>
+          <t>Statt der tatsächlichen Reset-Kosten diesen Wert nehmen (0 für aus)</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.SubmitSuccess</t>
+          <t>.Boxes.MergerGame.useAverage</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+          <t>Should the "Aztec Helper" box be opened when starting a Aztec Minigame?</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/de/lg-investitionen/?lang=de</t>
+          <t>Soll der Azteken Helfer geöffnet werden wenn ein Minigame gestartet wird?</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
+          <t>.Settings.ShowAztecHelper.Desc</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr"/>
+      <c r="H5" t="inlineStr"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Thousand</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Tausend</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr"/>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>.Boxes.idleGame.K</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr"/>
+      <c r="H6" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr"/>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Shows a small badge with a counter of how many quests you can still refuse.</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Zeigt einen kleinen Bagde mit einem Zähler an, wie viele Quests Sie noch ablehnen können. 2000 ist das Maximum.</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr"/>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>.Settings.Show2kQuestMark.Desc</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr"/>
+      <c r="H7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr"/>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>End date</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Enddatum</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr"/>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildMemberStat.EndDate</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr"/>
+      <c r="H8" t="inlineStr"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Du wirst evtl. sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr"/>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr"/>
+      <c r="H9" t="inlineStr"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr"/>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/negotiation</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/de/verhandlungsassistent/?lang=de</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr"/>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>.Boxes.Negotiation.HelpLink</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr"/>
+      <c r="H10" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr"/>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>To plan your city on foe-helper.com, we need to send your data to the website. &lt;br&gt;If you don't have an account there yet, your basic data will be sent along with this transmission. You can then register your account on the website.</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Um deine Stadt planen zu können, müssen wir deine Daten zu foe-helper.com schicken. Dort kannst du dich dann austoben. &lt;br&gt;Solltest Du dort noch keinen Account haben werden mit dieser Übermittlung Deine Grunddaten mitgesendet. Auf der Webseite kannst Du dann deinen Account registrieren.</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr"/>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.Desc1</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr"/>
+      <c r="H11" t="inlineStr"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr"/>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Antique dealer</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Antiquitätenhändler</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr"/>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>.Boxes.Castle.AntiqueDealer</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr"/>
+      <c r="H12" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr"/>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Anzahl der Gebäude in deiner Stadt. Für die Bewertung wird nur das Gebäude mit dem höchsten Zeitalter berücksichtigt!</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr"/>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr"/>
+      <c r="H13" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr"/>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Idle Game (e.g. St. Patricks)</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Idle Game (z.B. St. Patricks)</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr"/>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>.Settings.EventHelperIdle</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr"/>
+      <c r="H14" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr"/>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Events</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr"/>
+      <c r="D15" t="inlineStr"/>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>.Boxes.Kits.Events</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr"/>
+      <c r="H15" t="inlineStr"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr"/>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Goods</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Güter</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr"/>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.goods</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr"/>
+      <c r="H16" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr"/>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>The Helper uses notifications in various places. You can switch this on or off here.</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Der Helfer benutzt an verschiedenen Stellen Benachrichtigungen. Hier kannst Du sie an- oder abschalten.</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr"/>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>.Settings.ShowNotifications.Desc</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr"/>
+      <c r="H17" t="inlineStr"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr"/>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/stats</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/de/statistiken/?lang=de</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr"/>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>.Boxes.Stats.HelpLink</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr"/>
+      <c r="H18" t="inlineStr"/>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr"/>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Production</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Produktionen</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr"/>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.production</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr"/>
+      <c r="H19" t="inlineStr"/>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr"/>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>You have lost a higher era unit (above your current era). However you still have the chance to heal them with diamonds!</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Sie haben eine Einheit eines zukünftigen Zeitalters verloren. Sie haben jedoch immer noch die Möglichkeit, sie mit Diamanten zu heilen!</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr"/>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>.Boxes.BattleAssist.Text.NextEra</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr"/>
+      <c r="H20" t="inlineStr"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr"/>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Military</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Militär</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr"/>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.military</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr"/>
+      <c r="H21" t="inlineStr"/>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr"/>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Collection</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Ernte</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr"/>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.earning</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr"/>
+      <c r="H22" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr"/>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>5h</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>5Std</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr"/>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>.Boxes.Alerts.Time.5h</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr"/>
+      <c r="H23" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr"/>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Special</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Spezialgebäude</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr"/>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.off_grid</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr"/>
+      <c r="H24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr"/>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Updates the 'GB calculator' for all GBs</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>EA Rechner immer aktualisieren</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr"/>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>.Settings.ShowOwnPartOnAllGBs.Title</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr"/>
+      <c r="H25" t="inlineStr"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr"/>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Close Box</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr"/>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>.Boxes.CloseBox.Title</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr"/>
+      <c r="H26" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr"/>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Only highlights</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Nur markierte Gebäude</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr"/>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr"/>
+      <c r="H27" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr"/>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Image size</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Bildgröße</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr"/>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>.Boxes.Units.PictogramScalingTitle</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr"/>
+      <c r="H28" t="inlineStr"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr"/>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/de/lg-investitionen/?lang=de</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr"/>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
           <t>.Boxes.GreatBuildings.HelpLink</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G29" t="inlineStr">
         <is>
           <t>Legendäre Gebäude wurden von FOE im kompletten Spiel und Wiki zu Legendäre Bauwerke umbenannt. Seht ihr es genau so wie ich, dass es dadurch auch hier umbenannt werden sollte?!?
 Nachweis der Umbenennung: https://de.wiki.forgeofempires.com/index.php?title=Legend%C3%A4re_Bauwerke
 Der link der Webseite sollte daher zu https://foe-rechner.de/docs/1/lb-investitionen/ werden! Allerdings müsste das auch der Entwickler am Server ändern.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr"/>
-[...627 lines deleted...]
-      <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
+          <t xml:space="preserve">Data was successfully Uploaded…  Now visit </t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>DD.MM</t>
+          <t xml:space="preserve">Die Daten wurden übermittelt... Geh nun zu </t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Boxes.CityMap.SubmitSuccess</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Participating</t>
+          <t>Add Building</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Teilnehmer</t>
+          <t>Spezialgebäude hinzufügen</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.Participant</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>End date</t>
+          <t>Should all box coordinates be reset? This can bring back windows you managed to move out of sight.</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Enddatum</t>
+          <t>Sollen alle Box Koordinaten zurückgesetzt werden?</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.EndDate</t>
+          <t>.Settings.ResetBoxPositions.Desc</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Spezialgebäude</t>
+          <t>Militärgebäude</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Boxes.Productions.Headings.military</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Close Box</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add Advice</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>.Boxes.CloseBox.Title</t>
+          <t>.Boxes.BattleAssistAddAdvice.Title</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Antique dealer</t>
+          <t>For guild events you have to visit the GBG map first</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Antiquitätenhändler</t>
+          <t>Um Events der GG zu nutzen, besuche zuerst die Gildengefecht Karte</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.AntiqueDealer</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>GE</t>
+          <t>Participating</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>GEX</t>
+          <t>Teilnehmer</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.Gex</t>
+          <t>.Boxes.GexStat.Participant</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>GE Main Encounters</t>
+          <t>Open the GE overview to update the data.</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>GEX Hauptbegegnungen</t>
+          <t>Öffne die GEX Übersicht um die Daten zu aktualisieren.</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.GexLastOfSections</t>
+          <t>.Boxes.Castle.VisitGexWarning</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Open the GE overview to update the data.</t>
+          <t>Residential</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Öffne die GEX Übersicht um die Daten zu aktualisieren.</t>
+          <t>Wohngebäude</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.VisitGexWarning</t>
+          <t>.Boxes.CityMap.residential</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Castle System</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Burgsystem</t>
+          <t>Alle Werte gehen davon aus, dass die Gebäude fertiggestellt sind.</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>.Menu.Castle.Title</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Needs two lane road</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>Andere Gebäude</t>
+          <t>Braucht eine zweispurige Straße</t>
         </is>
       </c>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.generic_building</t>
+          <t>.Boxes.CombatCalculator.StreetRequired</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Image size</t>
+          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Bildgröße</t>
+          <t>https://docs.foe-helper.com/deutsch/module/eigenanteilsrechner</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>.Boxes.Units.PictogramScalingTitle</t>
+          <t>.Boxes.OwnpartCalculator.HelpLink</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Should the "Aztec Helper" box be opened when starting a Aztec Minigame?</t>
+          <t>Residential</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Soll der Azteken Helfer geöffnet werden wenn ein Minigame gestartet wird?</t>
+          <t>Wohngebäude</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>.Settings.ShowAztecHelper.Desc</t>
+          <t>.Boxes.Productions.Headings.residential</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Aztec Helper</t>
+          <t>GBs</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Azteken Helfer</t>
+          <t>LB</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>.Settings.ShowAztecHelper.Title</t>
+          <t>.Boxes.CityMap.greatbuilding</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Events</t>
-[...2 lines deleted...]
-      <c r="C44" t="inlineStr"/>
+          <t>Random</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Zufallsproduktionen</t>
+        </is>
+      </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Events</t>
+          <t>.Boxes.CityMap.random_production</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>For guild events you have to visit the GBG map first</t>
+          <t>Aztec Helper</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>Um Events der GG zu nutzen, besuche zuerst die Gildengefecht Karte</t>
+          <t>Azteken Helfer</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.VisitGGMapBefore</t>
+          <t>.Settings.ShowAztecHelper.Title</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Add Advice</t>
-[...2 lines deleted...]
-      <c r="C46" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/incidents</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/2/incidents</t>
+        </is>
+      </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>.Boxes.BattleAssistAddAdvice.Title</t>
+          <t>.Boxes.HiddenRewards.HelpLink</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>Militärgebäude</t>
+          <t>Listet alle vorhandenen Gebäude, Upgrade- und Auswahlkits für Set- und Kettengebäude auf.</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Menu.Kits.Desc</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>The current Status of the game</t>
+          <t>DD/MMM/YY @ HH:mm:ss a</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>Aktueller Zustand des Spiels</t>
+          <t>DD.MM.YYYY HH:mm [Uhr]</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Status.Title</t>
+          <t>.DateTime</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Workers used: </t>
+          <t>Cultural</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t xml:space="preserve">Zielfortschritt für verbrauchte Fußbälle: </t>
+          <t>Kultur</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
+          <t>.Boxes.CityMap.culture</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Use this value instead of the actual reset cost (0 means disabled)</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Statt der tatsächlichen Reset-Kosten diesen Wert nehmen (0 für aus)</t>
+          <t>Übersicht über die meisten Boosts, Errungenschaften, Gegenstände und andere Stadt-Statistiken.</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.useAverage</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Thousand</t>
+          <t>DD/MMM/YYYY</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Tausend</t>
+          <t>DD.MM.YYYY</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>.Boxes.idleGame.K</t>
-[...2 lines deleted...]
-      <c r="G51" t="inlineStr"/>
+          <t>.Date</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>Is the order of items (Y, M, D) rearrangable as well ?
+(I would strongly urge you to use iso-8601 otherwise)</t>
+        </is>
+      </c>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
+          <t>Castle System</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Du wirst sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+          <t>Burgsystem</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Menu.Castle.Title</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t xml:space="preserve">Target Progress for Workers used: </t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Du wirst evtl. sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
+          <t xml:space="preserve">Zielfortschritt für verbrauchte Fußbälle: </t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction.</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Alle Werte gehen davon aus, dass die Gebäude fertiggestellt sind.</t>
+          <t>Gilden-Expedition</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Ohne einen API-Token für diese Welt, den Du kostenlos auf der Website erhalten kannst, werden keine Städte oder Notizen übertragen.&lt;br&gt;Für eine Anleitung, klicke hier:</t>
+          <t>Andere Gebäude</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
+          <t>.Boxes.CityMap.generic_building</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>5h</t>
+          <t>The current Status of the game</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>5Std</t>
+          <t>Aktueller Zustand des Spiels</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Boxes.MergerGame.Status.Title</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Only highlights</t>
+          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>Nur markierte Gebäude</t>
+          <t>https://docs.foe-helper.com/deutsch/module/kostenrechner</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+          <t>.Boxes.Calculator.HelpLink</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Add Building</t>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>Spezialgebäude hinzufügen</t>
+          <t>Du wirst sterben, wenn du diese Karte spielst! Evtl. Neu ziehen oder LP kaufen!</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Needs two lane road</t>
+          <t>DD/MMM</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>Braucht eine zweispurige Straße</t>
+          <t>DD.MM</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.StreetRequired</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+          <t>GE Main Encounters</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>Anzahl der Gebäude in deiner Stadt. Für die Bewertung wird nur das Gebäude mit dem höchsten Zeitalter berücksichtigt!</t>
+          <t>GEX Hauptbegegnungen</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.Castle.GexLastOfSections</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>Übersicht über die meisten Boosts, Errungenschaften, Gegenstände und andere Stadt-Statistiken.</t>
+          <t>Ohne einen API-Token für diese Welt, den Du kostenlos auf der Website erhalten kannst, werden keine Städte oder Notizen übertragen.&lt;br&gt;Für eine Anleitung, klicke hier:</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>GE</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>Idle Game (z.B. St. Patricks)</t>
+          <t>GEX</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Boxes.Castle.Gex</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>