--- v0 (2026-01-01)
+++ v1 (2026-03-01)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,654 +396,546 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Guild Goods</t>
-[...6 lines deleted...]
-      </c>
+          <t>Duplicate preset as:</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GuildGoods</t>
+          <t>.Boxes.ProductionsRating.PresetPromptDuplicate</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
-[...6 lines deleted...]
-      </c>
+          <t>A preset with this name already exists.</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr"/>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Settings.ShowLinks.Desc</t>
+          <t>.Boxes.ProductionsRating.PresetNameExists</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rename preset:</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr"/>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Boxes.ProductionsRating.PresetPromptRename</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>5h</t>
-[...6 lines deleted...]
-      </c>
+          <t>Duplicate</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Boxes.ProductionsRating.PresetDuplicate</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>buildings total</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rename</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.BuildingsAmount</t>
+          <t>.Boxes.ProductionsRating.PresetRename</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>7d</t>
+          <t>Copy</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.7d</t>
+          <t>.Boxes.ProductionsRating.PresetCopySuffix</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>City Grid Score</t>
+          <t>Reset</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CityGridScore</t>
+          <t>.Boxes.ProductionsRating.PresetReset</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+          <t>Import presets</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CityGridScoreText</t>
+          <t>.Boxes.ProductionsRating.PresetImport</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/town</t>
+          <t>Battle</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.HelpLink</t>
+          <t>.General.Battle</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Buildings from GBG</t>
+          <t>Zoom</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.buildingFromGBG</t>
+          <t>.Boxes.CityBuilder.Zoom</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Buildings from QI</t>
+          <t>City Builder</t>
         </is>
       </c>
       <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.buildingFromQI</t>
+          <t>.Boxes.CityBuilder.Title</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Ascended/limited buildings</t>
+          <t>Export presets</t>
         </is>
       </c>
       <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.limited</t>
+          <t>.Boxes.ProductionsRating.PresetExport</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Roadless buildings</t>
+          <t>Imported</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.roadless</t>
+          <t>.Boxes.ProductionsRating.PresetImported</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>GBG</t>
+          <t>Save as</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+          <t>.Boxes.ProductionsRating.PresetSaveAs</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>GE</t>
+          <t>Delete</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition.short</t>
+          <t>.Boxes.ProductionsRating.PresetDelete</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>QI</t>
+          <t>Active preset</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>.Boxes.General.Quantum_Incursion.short</t>
+          <t>.Boxes.ProductionsRating.PresetActive</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Offset to servertime (minutes)</t>
+          <t>Opacity</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.serverOffset</t>
+          <t>.Boxes.CityBuilder.Opacity</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>display times in server time</t>
+          <t>Delete this preset?</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.ShowServerTime</t>
+          <t>.Boxes.ProductionsRating.PresetConfirmDelete</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>copy attack colors</t>
+          <t>Reset this preset to default values?</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.ShowTileColors</t>
+          <t>.Boxes.ProductionsRating.PresetConfirmReset</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Change in Copy Behavior!</t>
+          <t>Save preset as:</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+          <t>.Boxes.ProductionsRating.PresetPromptSaveAs</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+          <t>Cannot import presets from this file.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+          <t>.Boxes.ProductionsRating.PresetImportError</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+          <t>Default</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+          <t>.Boxes.ProductionsRating.PresetDefault</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+          <t>Save</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+          <t>.Boxes.ProductionsRating.PresetSave</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
-    </row>
-[...86 lines deleted...]
-      <c r="H28" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>