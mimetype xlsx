--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H380"/>
+  <dimension ref="A1:H405"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -2289,7008 +2289,7582 @@
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Motiválás/Takarítás segítő</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>.Boxes.MoppelHelper.Title</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Displays when your friends, guild members or neighbours last motivated, polished, attacked, plundered, etc your buildings</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>Megmutatja, hogy a barátaid, céhtársak és a szomszédok mikor motiválták/takarították ki legutoljára az épületeidet</t>
+          <t>Céhexpedíció</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>.Menu.Moppelhelper.Desc</t>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Motivate/Polish Helper</t>
+          <t>Displays when your friends, guild members or neighbours last motivated, polished, attacked, plundered, etc your buildings</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>Motiválás/Kitakarítás segítő</t>
+          <t>Megmutatja, hogy a barátaid, céhtársak és a szomszédok mikor motiválták/takarították ki legutoljára az épületeidet</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>.Menu.Moppelhelper.Title</t>
+          <t>.Menu.Moppelhelper.Desc</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Rating value of 1 current-age good (in FP)</t>
+          <t>Motivate/Polish Helper</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>1 termék értéke (FP-ben)</t>
+          <t>Motiválás/Kitakarítás segítő</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>.Boxes.BlueGalaxy.GoodsValue</t>
+          <t>.Menu.Moppelhelper.Title</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>The Helper uses notifications in various places. You can switch this on or off here.</t>
+          <t>Rating value of 1 current-age good (in FP)</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>A bővítmény különféle helyeken használ értesítéseket. Ezeket itt be- vagy kikapcsolhatja.</t>
+          <t>1 termék értéke (FP-ben)</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>.Settings.ShowNotifications.Desc</t>
+          <t>.Boxes.BlueGalaxy.GoodsValue</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Cultural</t>
+          <t>The Helper uses notifications in various places. You can switch this on or off here.</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>Kulturális épületek</t>
+          <t>A bővítmény különféle helyeken használ értesítéseket. Ezeket itt be- vagy kikapcsolhatja.</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.culture</t>
+          <t>.Settings.ShowNotifications.Desc</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Goods</t>
+          <t>Cultural</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>Raktárépületek</t>
+          <t>Kulturális épületek</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.goods</t>
+          <t>.Boxes.CityMap.culture</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>GBs</t>
+          <t>Goods</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>Nevezetes épületek</t>
+          <t>Raktárépületek</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.greatbuilding</t>
+          <t>.Boxes.CityMap.goods</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>GBs</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>Katonai épületek</t>
+          <t>Nevezetes épületek</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.military</t>
+          <t>.Boxes.CityMap.greatbuilding</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Production</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>Gazdasági épületek</t>
+          <t>Katonai épületek</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.production</t>
+          <t>.Boxes.CityMap.military</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Random</t>
+          <t>Production</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>Véletlenszerű termelők</t>
+          <t>Gazdasági épületek</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.random_production</t>
+          <t>.Boxes.CityMap.production</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Residential</t>
+          <t>Random</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>Lakóépületek</t>
+          <t>Véletlenszerű termelők</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.residential</t>
+          <t>.Boxes.CityMap.random_production</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>???</t>
+          <t>Residential</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>???</t>
+          <t>Lakóépületek</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>.Menu.unitsGex.Desc</t>
+          <t>.Boxes.CityMap.residential</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>???</t>
+          <t>Lower Era buildings</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>???</t>
+          <t>Jelenleginél alacsonyabb korszakban lévő épületek kiemelése</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>.Menu.unitsGex.Title</t>
+          <t>.Boxes.CityMap.HighlightOldBuildings</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Negotiation Blocker</t>
+          <t>???</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>Egyezkedés blokkoló</t>
+          <t>???</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowMapTradeWarning</t>
+          <t>.Menu.unitsGex.Desc</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Negotiation Blocker</t>
+          <t>???</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>Egyezkedés blokkoló</t>
+          <t>???</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>.Settings.ShowMapTradeWarning.Title</t>
+          <t>.Menu.unitsGex.Title</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t xml:space="preserve">Displays a window that covers the 'Negotiate' Button in Provinces preventing accidental clicking </t>
+          <t>Negotiation Blocker</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t xml:space="preserve">Megjelenít egy ablakot, amely lefedi a tartományok "Egyezkedj!" gombját, megakadályozva a véletlen kattintást </t>
+          <t>Egyezkedés blokkoló</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>.Settings.ShowMapTradeWarning.Desc</t>
+          <t>.Settings.Entry.ShowMapTradeWarning</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Copy city data</t>
+          <t>Negotiation Blocker</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>Várostérkép adatok másolása</t>
+          <t>Egyezkedés blokkoló</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CopyMetaInfos</t>
+          <t>.Settings.ShowMapTradeWarning.Title</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>FoE-Helper: Number of FPs that can be bought with coins.</t>
+          <t xml:space="preserve">Displays a window that covers the 'Negotiate' Button in Provinces preventing accidental clicking </t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>Érmékért megvásárolható FP-k száma.</t>
+          <t xml:space="preserve">Megjelenít egy ablakot, amely lefedi a tartományok "Egyezkedj!" gombját, megakadályozva a véletlen kattintást </t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>.StrategyPoints.BuyableFP</t>
+          <t>.Settings.ShowMapTradeWarning.Desc</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Amount of sectors granted since last calculation.</t>
+          <t>Copy city data</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>Legutóbbi számítás óta biztosított szektorok száma.</t>
+          <t>Várostérkép adatok másolása</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
+          <t>.Boxes.CityMap.CopyMetaInfos</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr"/>
+      <c r="H92" t="inlineStr"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr"/>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>FoE-Helper: Number of FPs that can be bought with coins.</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>Érmékért megvásárolható FP-k száma.</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr"/>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>.StrategyPoints.BuyableFP</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr"/>
+      <c r="H93" t="inlineStr"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr"/>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Amount of sectors granted since last calculation.</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Legutóbbi számítás óta biztosított szektorok száma.</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr"/>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
           <t>.GvG.Independences.Tooltip</t>
         </is>
       </c>
-      <c r="G92" t="inlineStr">
+      <c r="G94" t="inlineStr">
         <is>
           <t>"Amount of sectors granted since last calculation."  ?
 - - -
 "Amount of sectors granted release since last calculation."</t>
         </is>
       </c>
-      <c r="H92" t="inlineStr"/>
-[...50 lines deleted...]
-      <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
+          <t>Shows a small badge with a counter of how many quests you can still refuse.</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>NN-HHH</t>
+          <t>Címke feltüntetése egy kis számlálóval, ami megmutatja hogy hány küldetést utasíthatsz még el.</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Settings.Show2kQuestMark.Desc</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Participating</t>
+          <t>2000 Quest Mark</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>Résztvevő</t>
+          <t>2000 küldetés feltüntetése</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.Participant</t>
+          <t>.Settings.Show2kQuestMark.Title</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>End date</t>
+          <t>DD/MMM</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>Befejezés dátuma</t>
+          <t>NN-HHH</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.EndDate</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Participating</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Egyéb épületek</t>
+          <t>Résztvevő</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.generic_building</t>
+          <t>.Boxes.GexStat.Participant</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>End date</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>Speciális épületek</t>
+          <t>Befejezés dátuma</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Boxes.GuildMemberStat.EndDate</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>GE</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Céhexpedíció</t>
+          <t>Egyéb épületek</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.Gex</t>
+          <t>.Boxes.Productions.Headings.generic_building</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>GE Main Encounters</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>CE főkapuk</t>
+          <t>Speciális épületek</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.GexLastOfSections</t>
+          <t>.Boxes.Productions.Headings.off_grid</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Open the GE overview to update the data.</t>
+          <t>GE</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Nyisd meg a CE áttekintőt, hogy frissítsd az adatokat.</t>
+          <t>Céhexpedíció</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.VisitGexWarning</t>
+          <t>.Boxes.Castle.Gex</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Castle System</t>
+          <t>GE Main Encounters</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>Kastélyrendszer</t>
+          <t>CE főkapuk</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>.Menu.Castle.Title</t>
+          <t>.Boxes.Castle.GexLastOfSections</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Open the GE overview to update the data.</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Egyéb épületek</t>
+          <t>Nyisd meg a CE áttekintőt, hogy frissítsd az adatokat.</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.generic_building</t>
+          <t>.Boxes.Castle.VisitGexWarning</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Image size</t>
+          <t>Castle System</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Kép mérete</t>
+          <t>Kastélyrendszer</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>.Boxes.Units.PictogramScalingTitle</t>
+          <t>.Menu.Castle.Title</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Events</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Események</t>
+          <t>Egyéb épületek</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Events</t>
+          <t>.Boxes.CityMap.generic_building</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>For guild events you have to visit the Guildfight map before</t>
+          <t>Image size</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>A céhes eseményekhez előbb látogasd meg a céh-csatatér térképét</t>
+          <t>Kép mérete</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.VisitGGMapBefore</t>
+          <t>.Boxes.Units.PictogramScalingTitle</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Event</t>
+          <t>Events</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Esemény</t>
+          <t>Események</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.Event</t>
+          <t>.Boxes.Kits.Events</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>For guild events you have to visit the GBG map first</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>Katonai épületek</t>
+          <t>A céhes eseményekhez előbb látogasd meg a céh-csatatér térképét</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Energy used: </t>
+          <t>Event</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t xml:space="preserve">Előrelépés a felhasznált energiát illetően: </t>
+          <t>Esemény</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.anniversary</t>
+          <t>.Boxes.Discord.Event</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Progress per key</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Előrehaladás kulcsonként</t>
+          <t>Katonai épületek</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeyValue.anniversary</t>
+          <t>.Boxes.Productions.Headings.military</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>The current Status of the game</t>
+          <t xml:space="preserve">Target Progress for Energy used: </t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>A játék aktuális állapota</t>
+          <t xml:space="preserve">Előrelépés a felhasznált energiát illetően: </t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Status.Title</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.anniversary</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Efficiency (incl. badges)</t>
+          <t>Progress per key</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>Hatékonyság (jelvényekkel)</t>
+          <t>Előrehaladás kulcsonként</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Efficiency.soccer</t>
+          <t>.Boxes.MergerGame.KeyValue.anniversary</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Badges</t>
+          <t>The current Status of the game</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>Jelvények</t>
+          <t>A játék aktuális állapota</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Keys.soccer</t>
+          <t>.Boxes.MergerGame.Status.Title</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>FoE-Helper: There are badges remaining on the field!</t>
+          <t>Efficiency (incl. badges)</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>FoE-Helper: A táblán még vannak jelvények!</t>
+          <t>Hatékonyság (jelvényekkel)</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeysLeft.soccer</t>
+          <t>.Boxes.MergerGame.Efficiency.soccer</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Progress per badge</t>
+          <t>Badges</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Előrehaladás jelvényenként</t>
+          <t>Jelvények</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeyValue.soccer</t>
+          <t>.Boxes.MergerGame.Keys.soccer</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Workers used: </t>
+          <t>FoE-Helper: There are badges remaining on the field!</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t xml:space="preserve">Előrelépés a felhasznált focilabdákat illetően: </t>
+          <t>FoE-Helper: A táblán még vannak jelvények!</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
+          <t>.Boxes.MergerGame.KeysLeft.soccer</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Sim</t>
+          <t>Progress per badge</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>Szim.</t>
+          <t>Előrehaladás jelvényenként</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Simulation</t>
+          <t>.Boxes.MergerGame.KeyValue.soccer</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Day ⇋</t>
+          <t xml:space="preserve">Target Progress for Workers used: </t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>Nap ⇋</t>
+          <t xml:space="preserve">Előrelépés a felhasznált focilabdákat illetően: </t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Day</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Thousand</t>
+          <t>Sim</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>Ezer</t>
+          <t>Szim.</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>.Boxes.idleGame.K</t>
+          <t>.Boxes.MergerGame.Simulation</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
+          <t>Day ⇋</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+          <t>Nap ⇋</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Boxes.MergerGame.Day</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t>Thousand</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+          <t>Ezer</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.idleGame.K</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Expired Limited Buildings:</t>
-[...2 lines deleted...]
-      <c r="C123" t="inlineStr"/>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+        </is>
+      </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>.InactiveBuildingsAlert.title</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>__amount__% of __good__ stock (__era__)</t>
-[...2 lines deleted...]
-      <c r="C124" t="inlineStr"/>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+        </is>
+      </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>.Boxes.GBGBuildings.relativeCosts</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>PvP-Arena</t>
+          <t>Expired Limited Buildings:</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Title</t>
+          <t>.InactiveBuildingsAlert.title</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Type</t>
-[...2 lines deleted...]
-      <c r="C126" t="inlineStr"/>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Jelölje ki azokat az épületeket, amelyeknek nincs szükségük utcákra</t>
+        </is>
+      </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Type</t>
+          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Player</t>
+          <t>__amount__% of __good__ stock (__era__)</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.PlayerName</t>
+          <t>.Boxes.GBGBuildings.relativeCosts</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Points</t>
+          <t>PvP-Arena</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Points</t>
+          <t>.Boxes.PvPArena.Title</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Type</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.AllFights</t>
+          <t>.Boxes.PvPArena.Type</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Attack</t>
+          <t>Player</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.AttackFights</t>
+          <t>.Boxes.PvPArena.PlayerName</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Defense</t>
+          <t>Points</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.DefenseFights</t>
+          <t>.Boxes.PvPArena.Points</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>lost Attacks</t>
+          <t>All</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.LostAttackFights</t>
+          <t>.Boxes.PvPArena.Tabs.AllFights</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Show Fragments</t>
+          <t>Attack</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>.Boxes.Settings.showBGFragments</t>
+          <t>.Boxes.PvPArena.Tabs.AttackFights</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Expired Buildings Notification</t>
+          <t>Defense</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowBuildingsExpired</t>
+          <t>.Boxes.PvPArena.Tabs.DefenseFights</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>PvP-Arena-Protocol</t>
+          <t>lost Attacks</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowPvPArena</t>
+          <t>.Boxes.PvPArena.Tabs.LostAttackFights</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Notifications are created, that inform about the expiration of a limited building. (after deactivating this function, alerts that were created in the past may still show)</t>
+          <t>Show Fragments</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>.Settings.ShowBuildingsExpired.Desc</t>
+          <t>.Boxes.Settings.showBGFragments</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Create Limited Building Alerts</t>
+          <t>Expired Buildings Notification</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>.Settings.ShowBuildingsExpired.Title</t>
+          <t>.Settings.Entry.ShowBuildingsExpired</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Show Blueprints</t>
+          <t>PvP-Arena-Protocol</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartBP.Desc</t>
+          <t>.Settings.Entry.ShowPvPArena</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Show Medals</t>
+          <t>Notifications are created, that inform about the expiration of a limited building. (after deactivating this function, alerts that were created in the past may still show)</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMedals.Desc</t>
+          <t>.Settings.ShowBuildingsExpired.Desc</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>GBG Building Recommendation</t>
+          <t>Create Limited Building Alerts</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGBuildings</t>
+          <t>.Settings.ShowBuildingsExpired.Title</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Show GBG Building Recommendation</t>
+          <t>Show Blueprints</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGBuildings.Title</t>
+          <t>.Settings.ShowOwnPartBP.Desc</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>When opening the building menu in a GBG Province, a table is displayed, showing the possible building combinations that would be better than the current one, sorted by their relative impact on the Guild Treasury.</t>
+          <t>Show Medals</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGBuildings.Desc</t>
+          <t>.Settings.ShowOwnPartMedals.Desc</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>PvP-Arena-Protocol</t>
+          <t>GBG Building Recommendation</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>.Settings.ShowPvPArena.Title</t>
+          <t>.Settings.Entry.ShowGBGBuildings</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Show PvP-Arena-Protocol, when opening the PvP-Arena?</t>
+          <t>Show GBG Building Recommendation</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>.Settings.ShowPvPArena.Desc</t>
+          <t>.Settings.ShowGBGBuildings.Title</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>FoE-Helper: Number of FPs in your bar.</t>
+          <t>When opening the building menu in a GBG Province, a table is displayed, showing the possible building combinations that would be better than the current one, sorted by their relative impact on the Guild Treasury.</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.StrategyPoints.FPInBar</t>
+          <t>.Settings.ShowGBGBuildings.Desc</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Level 1 building or selection kit</t>
+          <t>PvP-Arena-Protocol</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Base</t>
+          <t>.Settings.ShowPvPArena.Title</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>For the full building you need: &lt;br&gt; A level 1 building or selection kit, all upgrades &lt;i&gt;and if shown here special upgrades.&lt;/i&gt;</t>
+          <t>Show PvP-Arena-Protocol, when opening the PvP-Arena?</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Upgrades</t>
+          <t>.Settings.ShowPvPArena.Desc</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Quantum-Incursions</t>
+          <t>FoE-Helper: Number of FPs in your bar.</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.Rewards.Source.guild_raids</t>
+          <t>.StrategyPoints.FPInBar</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Quantum Incursion Rewards</t>
+          <t>Level 1 building or selection kit</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.Rewards.SourceTitle.guild_raids</t>
+          <t>.Boxes.Kits.Base</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Units</t>
+          <t>For the full building you need: &lt;br&gt; A level 1 building or selection kit, all upgrades &lt;i&gt;and if shown here special upgrades.&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.General.Units</t>
+          <t>.Boxes.Kits.Upgrades</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Unit</t>
+          <t>Quantum-Incursions</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.General.Unit</t>
+          <t>.Boxes.Stats.Rewards.Source.guild_raids</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Goods</t>
+          <t>Quantum Incursion Rewards</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.General.Goods</t>
+          <t>.Boxes.Stats.Rewards.SourceTitle.guild_raids</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Good</t>
+          <t>Units</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.General.Good</t>
+          <t>.General.Units</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Quantum Incursion Map</t>
+          <t>Unit</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.Boxes.QIMap.Title</t>
+          <t>.General.Unit</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>See all available information of the current QI map.</t>
+          <t>Goods</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.Menu.QIMap.Desc</t>
+          <t>.General.Goods</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>QI Map</t>
+          <t>Good</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.Menu.QIMap.Title</t>
+          <t>.General.Good</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Event Pass</t>
+          <t>Quantum Incursion Map</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.event_pass</t>
+          <t>.Boxes.QIMap.Title</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Quantum Incursion</t>
+          <t>See all available information of the current QI map.</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.guild_raids</t>
+          <t>.Menu.QIMap.Desc</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>St. Patrick's Day Event Task</t>
+          <t>QI Map</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.st_patricks_event_task_reward</t>
+          <t>.Menu.QIMap.Title</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Rival sound</t>
+          <t>Event Pass</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RivalSound</t>
+          <t>.Boxes.FPCollector.event_pass</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Shall a sound be played when completing a rival quest?</t>
+          <t>Quantum Incursion</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.Settings.RivalSound.Desc</t>
+          <t>.Boxes.FPCollector.guild_raids</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Sound for Rival-Quest</t>
+          <t>St. Patrick's Day Event Task</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.Settings.RivalSound.Title</t>
+          <t>.Boxes.FPCollector.st_patricks_event_task_reward</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Production, Population and Euphoria values assumes your buildings have finished construction.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rival sound</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Settings.Entry.RivalSound</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
+          <t>Shall a sound be played when completing a rival quest?</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
+          <t>.Settings.RivalSound.Desc</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>API Token missing</t>
+          <t>Sound for Rival-Quest</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeyErrorHeader</t>
+          <t>.Settings.RivalSound.Title</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Show only Favourites</t>
-[...2 lines deleted...]
-      <c r="C166" t="inlineStr"/>
+          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Az összes megjelenített érték, kivéve a Műveletek óránként, feltételezi, hogy az épületek építése befejeződött.</t>
+        </is>
+      </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.ShowFavourites</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Error!</t>
+          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.Boxes.Settings.ApiTokenLengthWrongHeader</t>
+          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>This is not a valid token. Please check your input!</t>
+          <t>API Token missing</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.Boxes.Settings.ApiTokenLengthWrongBody</t>
+          <t>.Boxes.CityMap.MissingApiKeyErrorHeader</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>To be able to transfer data for a world like city or notes, you need a token for each world.&lt;br&gt;Click here for instructions: &lt;a target='_blank' href='https://docs.foe-helper.com/english/api-token'&gt;Api-Token&lt;/a&gt;</t>
+          <t>Show only Favourites</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.Settings.ApiToken.Desc</t>
+          <t>.Boxes.Kits.ShowFavourites</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Website Api-Token</t>
+          <t>Error!</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.Settings.ApiToken.Title</t>
+          <t>.Boxes.Settings.ApiTokenLengthWrongHeader</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/api-token</t>
+          <t>This is not a valid token. Please check your input!</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.Settings.ApiTokenUrl</t>
+          <t>.Boxes.Settings.ApiTokenLengthWrongBody</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Website Api-Token</t>
+          <t>To be able to transfer data for a world like city or notes, you need a token for each world.&lt;br&gt;Click here for instructions: &lt;a target='_blank' href='https://docs.foe-helper.com/english/api-token'&gt;Api-Token&lt;/a&gt;</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ApiToken</t>
+          <t>.Settings.ApiToken.Desc</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>5hr</t>
-[...6 lines deleted...]
-      </c>
+          <t>Website Api-Token</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Settings.ApiToken.Title</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Boost Inventory</t>
+          <t>https://docs.foe-helper.com/english/api-token</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.Title</t>
+          <t>.Settings.ApiTokenUrl</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Boost Values</t>
+          <t>Website Api-Token</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.Values</t>
+          <t>.Settings.Entry.ApiToken</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Toggle expiry Alert</t>
-[...2 lines deleted...]
-      <c r="C176" t="inlineStr"/>
+          <t>5hr</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>5ó</t>
+        </is>
+      </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.Boxes.InactivesSettings.Title</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Eff</t>
+          <t>Boost Inventory</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Efficiency</t>
+          <t>.Boxes.CombatCalculator.Title</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Efficiency (incl. keys)</t>
+          <t>Boost Values</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Efficiency.care</t>
+          <t>.Boxes.CombatCalculator.Values</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Soccer Balls used: </t>
+          <t>Toggle expiry Alert</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.care</t>
+          <t>.Boxes.InactivesSettings.Title</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Workers used</t>
+          <t>Eff</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Energy.care</t>
+          <t>.Boxes.Kits.Efficiency</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Progress per key</t>
+          <t>Efficiency (incl. keys)</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeyValue.care</t>
+          <t>.Boxes.MergerGame.Efficiency.care</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Keys</t>
+          <t xml:space="preserve">Target Progress for Soccer Balls used: </t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Keys.care</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.care</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>FoE-Helper: There are keys remaining on the field!</t>
+          <t>Workers used</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeysLeft.care</t>
+          <t>.Boxes.MergerGame.Energy.care</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Available Workers</t>
+          <t>Progress per key</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.availableCurrency.care</t>
+          <t>.Boxes.MergerGame.KeyValue.care</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Active Guild Members</t>
+          <t>Keys</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.Boxes.OtherGuildActivity.Title</t>
+          <t>.Boxes.MergerGame.Keys.care</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>There are no buildings in this category.</t>
+          <t>FoE-Helper: There are keys remaining on the field!</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.EmptyList</t>
+          <t>.Boxes.MergerGame.KeysLeft.care</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Filter buildings</t>
+          <t>Available Workers</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FilterTable</t>
+          <t>.Boxes.MergerGame.availableCurrency.care</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Current era goods</t>
+          <t>Active Guild Members</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.goods_current</t>
+          <t>.Boxes.OtherGuildActivity.Title</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Next era goods</t>
+          <t>There are no buildings in this category.</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.goods_next</t>
+          <t>.Boxes.Productions.EmptyList</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Previous era goods</t>
+          <t>Filter buildings</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.goods_previous</t>
+          <t>.Boxes.Productions.FilterTable</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>For chain buildings the whole chain is treated as one single building. For sets we assume that all parts are fully connected.</t>
+          <t>Current era goods</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Disclaimer</t>
+          <t>.Boxes.Productions.goods_current</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
+          <t>Next era goods</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Explainer</t>
+          <t>.Boxes.Productions.goods_next</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Previous era goods</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.FindBuilding</t>
+          <t>.Boxes.Productions.goods_previous</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Hide items</t>
+          <t>For chain buildings the whole chain is treated as one single building. For sets we assume that all parts are fully connected.</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowItems</t>
+          <t>.Boxes.ProductionsRating.Disclaimer</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Value/tile</t>
+          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowValuesPerTile</t>
+          <t>.Boxes.ProductionsRating.Explainer</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
           <t>Search</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Filter</t>
+          <t>.Boxes.ProductionsRating.FindBuilding</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Add Building</t>
+          <t>Show Item column</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Find Special Building</t>
+          <t>Value/tile</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.FindSpecialBuilding</t>
+          <t>.Boxes.ProductionsRating.ShowValuesPerTile</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>random</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.Boxes.Units.random</t>
+          <t>.Boxes.ProductionsRating.Filter</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Rogue</t>
+          <t>Add Building</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.Boxes.Units.rogue</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Find Special Building</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.Eras.0.short</t>
+          <t>.Boxes.ProductionsRating.FindSpecialBuilding</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>SA</t>
+          <t>random</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.Eras.1.short</t>
+          <t>.Boxes.Units.random</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>Rogue</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.Eras.10.short</t>
+          <t>.Boxes.Units.rogue</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>PME</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.Eras.11.short</t>
+          <t>.Eras.0.short</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>CE</t>
+          <t>SA</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.Eras.12.short</t>
+          <t>.Eras.1.short</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>TE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.Eras.13.short</t>
+          <t>.Eras.10.short</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>FE</t>
+          <t>PME</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.Eras.14.short</t>
+          <t>.Eras.11.short</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>AF</t>
+          <t>CE</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.Eras.15.short</t>
+          <t>.Eras.12.short</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>OF</t>
+          <t>TE</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.Eras.16.short</t>
+          <t>.Eras.13.short</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>VF</t>
+          <t>FE</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.Eras.17.short</t>
+          <t>.Eras.14.short</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>SAM</t>
+          <t>AF</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.Eras.18.short</t>
+          <t>.Eras.15.short</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>SAAB</t>
+          <t>OF</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.Eras.19.short</t>
+          <t>.Eras.16.short</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>BA</t>
+          <t>VF</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.Eras.2.short</t>
+          <t>.Eras.17.short</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>SAV</t>
+          <t>SAM</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.Eras.20.short</t>
+          <t>.Eras.18.short</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>SAJM</t>
+          <t>SAAB</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.Eras.21.short</t>
+          <t>.Eras.19.short</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>SAT</t>
+          <t>BA</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.Eras.22.short</t>
+          <t>.Eras.2.short</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>Space Age Space Hub</t>
+          <t>SAV</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.Eras.23</t>
+          <t>.Eras.20.short</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>SASH</t>
+          <t>SAJM</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.Eras.23.short</t>
+          <t>.Eras.21.short</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>IA</t>
+          <t>SAT</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.Eras.3.short</t>
+          <t>.Eras.22.short</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>EMA</t>
+          <t>Space Age Space Hub</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.Eras.4.short</t>
+          <t>.Eras.23</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>HMA</t>
+          <t>SASH</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.Eras.5.short</t>
+          <t>.Eras.23.short</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>LMA</t>
+          <t>IA</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.Eras.6.short</t>
+          <t>.Eras.3.short</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>CA</t>
+          <t>EMA</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.Eras.7.short</t>
+          <t>.Eras.4.short</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>InA</t>
+          <t>HMA</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.Eras.8.short</t>
+          <t>.Eras.5.short</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>PE</t>
+          <t>LMA</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.Eras.9.short</t>
+          <t>.Eras.6.short</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>Battle Potions</t>
+          <t>CA</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowPotions</t>
+          <t>.Eras.7.short</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>Shows an icon in the top right corner displaying the shortest currently running potion and giving an inventory list of potions upon hover. (De)Activating this option might not immediately remove/show the icon - wait or reload.</t>
+          <t>InA</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.Settings.ShowPotions.Desc</t>
+          <t>.Eras.8.short</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Battle Potions</t>
+          <t>PE</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.Settings.ShowPotions.Title</t>
+          <t>.Eras.9.short</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Do not create alerts for selected buildings</t>
+          <t>Battle Potions</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.Settings.ShowBuildingsExpired.Button</t>
+          <t>.Settings.Entry.ShowPotions</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Needs two lane road</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shows an icon in the top right corner displaying the shortest currently running potion and giving an inventory list of potions upon hover. (De)Activating this option might not immediately remove/show the icon - wait or reload.</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.StreetRequired</t>
+          <t>.Settings.ShowPotions.Desc</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
-          <t>Item</t>
+          <t>Battle Potions</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.item</t>
+          <t>.Settings.ShowPotions.Title</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Sum</t>
+          <t>Do not create alerts for selected buildings</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.ModeSum</t>
+          <t>.Settings.ShowBuildingsExpired.Button</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>common</t>
-[...2 lines deleted...]
-      <c r="C233" t="inlineStr"/>
+          <t>Needs two lane road</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Kétsávos útra van szükség</t>
+        </is>
+      </c>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.common</t>
+          <t>.Boxes.CombatCalculator.StreetRequired</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>uncommon</t>
+          <t>Item</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.uncommon</t>
+          <t>.Boxes.Productions.Headings.item</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>rare</t>
+          <t>Sum</t>
         </is>
       </c>
       <c r="C235" t="inlineStr"/>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.rare</t>
+          <t>.Boxes.Productions.ModeSum</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>epic</t>
+          <t>common</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.epic</t>
+          <t>.Boxes.Productions.AllyRarity.common</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>legendary</t>
+          <t>uncommon</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.legendary</t>
+          <t>.Boxes.Productions.AllyRarity.uncommon</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>Add selected buildings</t>
+          <t>rare</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuildings</t>
+          <t>.Boxes.Productions.AllyRarity.rare</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+          <t>epic</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.Productions.AllyRarity.epic</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>12 hour clock</t>
+          <t>legendary</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AMPMTime</t>
+          <t>.Boxes.Productions.AllyRarity.legendary</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Relative time</t>
+          <t>Add selected buildings</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.RelativeTime</t>
+          <t>.Boxes.ProductionsRating.AddBuildings</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>24 hour clock</t>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Time24</t>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>Boost</t>
+          <t>12 hour clock</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.General.Boost</t>
+          <t>.Boxes.Productions.AMPMTime</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Item Sources</t>
+          <t>Relative time</t>
         </is>
       </c>
       <c r="C244" t="inlineStr"/>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.Boxes.ItemSources.Title</t>
+          <t>.Boxes.Productions.RelativeTime</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>Actions</t>
+          <t>24 hour clock</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Actions</t>
+          <t>.Boxes.Productions.Time24</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Progress</t>
+          <t>Boost</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Progress</t>
+          <t>.General.Boost</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>QI Round</t>
+          <t>Item Sources</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.QiRound</t>
+          <t>.Boxes.ItemSources.Title</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Show progress filter</t>
+          <t>Actions</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowProgressFilter</t>
+          <t>.Boxes.QiProgress.Actions</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Show QI round selector</t>
+          <t>Progress</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowRoundSelector</t>
+          <t>.Boxes.QiProgress.Progress</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>QI Snapshot Log</t>
+          <t>QI Round</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapshotLog</t>
+          <t>.Boxes.QiProgress.QiRound</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>QI Overview</t>
+          <t>Show progress filter</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Title</t>
+          <t>.Boxes.QiProgress.ShowProgressFilter</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Reconstruction Size List</t>
+          <t>Show QI round selector</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.Boxes.ReconstructionList.Title</t>
+          <t>.Boxes.QiProgress.ShowRoundSelector</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>after</t>
+          <t>QI Snapshot Log</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.after</t>
+          <t>.Boxes.QiProgress.SnapshotLog</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>when</t>
+          <t>QI Overview</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.when</t>
+          <t>.Boxes.QiProgress.Title</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>can be polished</t>
+          <t>Reconstruction Size List</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canPolish</t>
+          <t>.Boxes.ReconstructionList.Title</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>can be motivated</t>
+          <t>after</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canMotivate</t>
+          <t>.Boxes.Tooltip.Building.after</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>Add unique inhabitant</t>
+          <t>when</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.addInhabitant</t>
+          <t>.Boxes.Tooltip.Building.when</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>Historical Ally Rooms</t>
+          <t>can be polished</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.allyRooms</t>
+          <t>.Boxes.Tooltip.Building.canPolish</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>Provides</t>
+          <t>can be motivated</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.provides</t>
+          <t>.Boxes.Tooltip.Building.canMotivate</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Produces</t>
+          <t>Add unique inhabitant</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.produces</t>
+          <t>.Boxes.Tooltip.Building.addInhabitant</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Historical Ally Rooms</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.costs</t>
+          <t>.Boxes.Tooltip.Building.allyRooms</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>road required</t>
+          <t>Provides</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road</t>
+          <t>.Boxes.Tooltip.Building.provides</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>2-lane road required</t>
+          <t>Produces</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road2</t>
+          <t>.Boxes.Tooltip.Building.produces</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Traits</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.traits</t>
+          <t>.Boxes.Tooltip.Building.costs</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>can not be plundered</t>
+          <t>road required</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.noPlunder</t>
+          <t>.Boxes.Tooltip.Building.road</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>is affected by life support</t>
+          <t>2-lane road required</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.lifeSupport</t>
+          <t>.Boxes.Tooltip.Building.road2</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Size and Building Time</t>
+          <t>Traits</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.size+time</t>
+          <t>.Boxes.Tooltip.Building.traits</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Date</t>
+          <t>can not be plundered</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.General.Date</t>
+          <t>.Boxes.Tooltip.Building.noPlunder</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Items</t>
+          <t>is affected by life support</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.General.Items</t>
+          <t>.Boxes.Tooltip.Building.lifeSupport</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>Size and Building Time</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.Settings.Entry.LoadBeta2</t>
+          <t>.Boxes.Tooltip.Building.size+time</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Size-list in Reconstruction Mode</t>
+          <t>Date</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowReconstructionList</t>
+          <t>.General.Date</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
+          <t>Items</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Desc</t>
+          <t>.General.Items</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
           <t>Load current Beta</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Title</t>
+          <t>.Settings.Entry.LoadBeta2</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Download Beta Extension</t>
+          <t>Size-list in Reconstruction Mode</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Button</t>
+          <t>.Settings.Entry.ShowReconstructionList</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>If an incident is displayed to be on a two-lane road, such a road must be built in order to be able to collect the reward!</t>
+          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.Boxes.HiddenRewards.twolaneWarning</t>
+          <t>.Settings.LoadBeta2.Desc</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
-          <t>Switch view</t>
+          <t>Load current Beta</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.Switch</t>
+          <t>.Settings.LoadBeta2.Title</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Finish Special Production Fragment</t>
+          <t>Download Beta Extension</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FSP</t>
+          <t>.Settings.LoadBeta2.Button</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>Reset to default</t>
+          <t>If an incident is displayed to be on a two-lane road, such a road must be built in order to be able to collect the reward!</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Reset</t>
+          <t>.Boxes.HiddenRewards.twolaneWarning</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Confirm Reset?</t>
-[...2 lines deleted...]
-      <c r="C279" t="inlineStr"/>
+          <t>Ascendable buildings</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>Emelje ki a felemelhető épületeket</t>
+        </is>
+      </c>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ConfirmReset</t>
+          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Repeat Building Selection</t>
-[...2 lines deleted...]
-      <c r="C280" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>Jelölje ki az elpusztult épületeket</t>
+        </is>
+      </c>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RepeatSelectBuilding</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Repeat last Building Selection</t>
+          <t>Switch view</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Title</t>
+          <t>.Boxes.GuildFights.Switch</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
+          <t>Finish Special Production Fragment</t>
         </is>
       </c>
       <c r="C282" t="inlineStr"/>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Desc</t>
+          <t>.Boxes.Productions.FSP</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>Reset to default</t>
         </is>
       </c>
       <c r="C283" t="inlineStr"/>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Title</t>
+          <t>.Boxes.ProductionsRating.Reset</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Building</t>
+          <t>Confirm Reset?</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Building</t>
+          <t>.Boxes.ProductionsRating.ConfirmReset</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Ally</t>
+          <t>Repeat Building Selection</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Ally</t>
+          <t>.Settings.Entry.RepeatSelectBuilding</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Bonuses</t>
+          <t>Repeat last Building Selection</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Boosts</t>
+          <t>.Settings.RepeatSelectBuilding.Title</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>All rarities</t>
+          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.All</t>
+          <t>.Settings.RepeatSelectBuilding.Desc</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Are you sure you want to delete this?</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.Boxes.Notice.ConfirmDelete</t>
+          <t>.Boxes.AllyList.Title</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Battle Boosts</t>
+          <t>Building</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.BattleBoosts</t>
+          <t>.Boxes.AllyList.Building</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Daily Production</t>
+          <t>Ally</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DailyProduction</t>
+          <t>.Boxes.AllyList.Ally</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>started playing __number__ days ago</t>
+          <t>Bonuses</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DaysPlayed</t>
+          <t>.Boxes.AllyList.Boosts</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
+          <t>All rarities</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OpenProduction</t>
+          <t>.Boxes.AllyList.All</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>QI Boosts</t>
+          <t>Are you sure you want to delete this?</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.QIBoosts</t>
+          <t>.Boxes.Notice.ConfirmDelete</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Settlement Playthroughs</t>
+          <t>Battle Boosts</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Settlements</t>
+          <t>.Boxes.PlayerProfile.BattleBoosts</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Open Profile Summary</t>
+          <t>Daily Production</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Tooltip</t>
+          <t>.Boxes.PlayerProfile.DailyProduction</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Minimum Score</t>
+          <t>started playing __number__ days ago</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
+          <t>.Boxes.PlayerProfile.DaysPlayed</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>This building is in your inventory</t>
+          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
+          <t>.Boxes.PlayerProfile.OpenProduction</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>QI Boosts</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
+          <t>.Boxes.PlayerProfile.QIBoosts</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Gain per hour:</t>
+          <t>Settlement Playthroughs</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Rate</t>
+          <t>.Boxes.PlayerProfile.Settlements</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Visit the settlement to correct the value</t>
+          <t>Open Profile Summary</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Warning</t>
+          <t>.Boxes.PlayerProfile.Tooltip</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Bar full:</t>
+          <t>Minimum Score</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.FullAt</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>Unique Building</t>
+          <t>This building is in your inventory</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.isUnique</t>
+          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>New FoE Helper Version installed</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Title</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Click here to see the changes:</t>
+          <t>Gain per hour:</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Desc</t>
+          <t>.Boxes.QIActions.Rate</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>GBG Player list</t>
+          <t>Visit the settlement to correct the value</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
+          <t>.Boxes.QIActions.Warning</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>QI Player list</t>
+          <t>Bar full:</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowQIPlayerInfo</t>
+          <t>.Boxes.QIActions.FullAt</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
+          <t>Unique Building</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
+          <t>.Boxes.Tooltip.Building.isUnique</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>GBG Player Pop Up</t>
+          <t>New FoE Helper Version installed</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Title</t>
+          <t>.Menu.NewVersion.Title</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>Click here to see the changes:</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGRewards</t>
+          <t>.Menu.NewVersion.Desc</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
+          <t>GBG Player list</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Desc</t>
+          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>QI Player list</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Title</t>
+          <t>.Settings.Entry.ShowQIPlayerInfo</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Hide most details</t>
+          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMinView.Desc</t>
+          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>Open automatically</t>
+          <t>GBG Player Pop Up</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
+          <t>.Settings.ShowGBGPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Desc</t>
+          <t>.Settings.Entry.ShowGBGRewards</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>QI Player Pop Up</t>
+          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Title</t>
+          <t>.Settings.ShowGBGRewards.Desc</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowAllyList</t>
+          <t>.Settings.ShowGBGRewards.Title</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
+          <t>Hide most details</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Desc</t>
+          <t>.Settings.ShowOwnPartMinView.Desc</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Open Ally Overview</t>
+          <t>Open automatically</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Title</t>
+          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Action Points</t>
+          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_action_points_collection</t>
+          <t>.Settings.ShowQIPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>Coin boosts</t>
+          <t>QI Player Pop Up</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_coins_production</t>
+          <t>.Settings.ShowQIPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Start coins</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_coins_start</t>
+          <t>.Settings.Entry.ShowAllyList</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>Start goods</t>
+          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_goods_start</t>
+          <t>.Settings.ShowAllyList.Desc</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Supply boosts</t>
+          <t>Open Ally Overview</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_supplies_production</t>
+          <t>.Settings.ShowAllyList.Title</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Start supplies</t>
+          <t>Action Points</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_supplies_start</t>
+          <t>.Boxes.BoostList.guild_raids_action_points_collection</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Start units</t>
+          <t>Coin boosts</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_units_start</t>
+          <t>.Boxes.BoostList.guild_raids_coins_production</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
+          <t>Start coins</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.open</t>
+          <t>.Boxes.BoostList.guild_raids_coins_start</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Start goods</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.GexTrial</t>
+          <t>.Boxes.BoostList.guild_raids_goods_start</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Supply boosts</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GexTrial</t>
+          <t>.Boxes.BoostList.guild_raids_supplies_production</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Please continue on your own</t>
+          <t>Start supplies</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.Boxes.Negotiation.TryContinue</t>
+          <t>.Boxes.BoostList.guild_raids_supplies_start</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Game Play</t>
+          <t>Start units</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.GamePlay</t>
+          <t>.Boxes.BoostList.guild_raids_units_start</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>No Settlements finished yet.</t>
+          <t>Boost Sources</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.NoSettlementsFinished</t>
+          <t>.Boxes.BoostList.open</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Normalize Values</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.BtnToggleRenormalize</t>
+          <t>.Boxes.GexStat.GexTrial</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Hightlight worst rated buildings</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowWorstBuildings</t>
+          <t>.Boxes.GuildMemberStat.GexTrial</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Show on city map</t>
+          <t>Please continue on your own</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.Boxes.General.ShowOnMap</t>
+          <t>.Boxes.Negotiation.TryContinue</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Highest level of this building</t>
+          <t>Game Play</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.maxBuilding</t>
+          <t>.Boxes.PlayerProfile.GamePlay</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>Chains</t>
+          <t>No Settlements finished yet.</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Chains</t>
+          <t>.Boxes.PlayerProfile.NoSettlementsFinished</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Sets</t>
+          <t>Normalize Values</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Sets</t>
+          <t>.Boxes.Stats.BtnToggleRenormalize</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Only show inventory buildings with a rating equal or higher than x</t>
+          <t>Worst rated buildings</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
+          <t>.Boxes.CityMap.ShowWorstBuildings</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Add buildings from your inventory to the list</t>
+          <t>Show on city map</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
+          <t>.Boxes.General.ShowOnMap</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Following combinations are possible</t>
+          <t>Highest level of this building</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Efficiency.description</t>
+          <t>.Boxes.Kits.maxBuilding</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Quantum Incursions</t>
+          <t>Chains</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.Boxes.General.Quantum_Incursion</t>
+          <t>.Boxes.Kits.Chains</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Help</t>
+          <t>Sets</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ExplainerHead</t>
+          <t>.Boxes.Kits.Sets</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Best</t>
+          <t>Only show inventory buildings with a rating equal or higher than x</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Best</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Top 5</t>
+          <t>Add buildings from your inventory to the list</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Fifth</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Top 10%</t>
+          <t>Following combinations are possible</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.top10percent</t>
+          <t>.Boxes.Tooltip.Efficiency.description</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Comparisons from your city</t>
+          <t>Quantum Incursions</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TooltipTitle</t>
+          <t>.Boxes.General.Quantum_Incursion</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Show FSP Calculator</t>
+          <t>Help</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
+          <t>.Boxes.ProductionsRating.ExplainerHead</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Best</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition</t>
+          <t>.Boxes.ProductionsRating.Best</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
+          <t>Top 5</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.Title</t>
+          <t>.Boxes.ProductionsRating.Fifth</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Expected activation costs</t>
+          <t>Top 10%</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.UnlockingCosts</t>
+          <t>.Boxes.ProductionsRating.top10percent</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>started playing on __date__</t>
+          <t>Comparisons from your city</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DateStarted</t>
+          <t>.Boxes.ProductionsRating.TooltipTitle</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/alerts</t>
+          <t>Show FSP Calculator</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.HelpLink</t>
+          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/ally</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.HelpLink</t>
+          <t>.Boxes.General.Guild_Expedition</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
+          <t>Boost Sources</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.Boxes.BlueGalaxy.HelpLink</t>
+          <t>.Boxes.BoostList.Title</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/efficiency</t>
+          <t>Expected activation costs</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.HelpLink</t>
+          <t>.Boxes.GexStat.UnlockingCosts</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>Wiki / Documentation: Feature documentation.</t>
+          <t>started playing on __date__</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.Settings.Help.Documentation</t>
+          <t>.Boxes.PlayerProfile.DateStarted</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>https://docs.foe-helper.com/english/module/alerts</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
-[...2 lines deleted...]
-      <c r="G357" t="inlineStr"/>
+          <t>.Boxes.Alerts.HelpLink</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: https://docs.foe-helper.com/english/module/alerts</t>
+        </is>
+      </c>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>Player Profile</t>
+          <t>https://docs.foe-helper.com/english/module/ally</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Title</t>
+          <t>.Boxes.AllyList.HelpLink</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
+          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Warning</t>
+          <t>.Boxes.BlueGalaxy.HelpLink</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>https://docs.foe-helper.com/english/module/efficiency</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Title</t>
+          <t>.Boxes.ProductionsRating.HelpLink</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Wiki / Documentation: Feature documentation.</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
+          <t>.Settings.Help.Documentation</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperMerge</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
+          <t>Player Profile</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Menu.PlayerProfile.Title</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Menu.PlayerProfile.Warning</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Boxes.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Advanced Settings</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.Advanced</t>
+          <t>.Settings.Entry.ShowShopAssist</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Enable Event helpers</t>
+          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.All</t>
+          <t>.Settings.EventHelperMerge</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Present Game (e.g. Winter Event)</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
+          <t>Idle Game (e.g. St. Patricks)</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Item Shop</t>
+          <t>Pop Game (e.g. Fall Event)</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Shop</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Can be bought</t>
+          <t>Advanced Settings</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.canBeBought</t>
+          <t>.Settings.EventHelper.Advanced</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Enable Event helpers</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Costs</t>
+          <t>.Settings.EventHelper.All</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Offer</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Item</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>Opening the Item Shop will open an overview.</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Inventory</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Single</t>
+          <t>Item Shop</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Single</t>
+          <t>.Boxes.ShopAssist.Shop</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Missing</t>
+          <t>Can be bought</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Missing</t>
+          <t>.Boxes.ShopAssist.canBeBought</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.All</t>
+          <t>.Boxes.ShopAssist.Costs</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
+          <t>Offer</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Boxes.ShopAssist.Item</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Boxes.ShopAssist.Inventory</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>Single</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Boxes.ShopAssist.Single</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
+    </row>
+    <row r="381">
+      <c r="A381" t="inlineStr"/>
+      <c r="B381" t="inlineStr">
+        <is>
+          <t>Missing</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr"/>
+      <c r="D381" t="inlineStr"/>
+      <c r="E381" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F381" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Missing</t>
+        </is>
+      </c>
+      <c r="G381" t="inlineStr"/>
+      <c r="H381" t="inlineStr"/>
+    </row>
+    <row r="382">
+      <c r="A382" t="inlineStr"/>
+      <c r="B382" t="inlineStr">
+        <is>
+          <t>All</t>
+        </is>
+      </c>
+      <c r="C382" t="inlineStr"/>
+      <c r="D382" t="inlineStr"/>
+      <c r="E382" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F382" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.All</t>
+        </is>
+      </c>
+      <c r="G382" t="inlineStr"/>
+      <c r="H382" t="inlineStr"/>
+    </row>
+    <row r="383">
+      <c r="A383" t="inlineStr"/>
+      <c r="B383" t="inlineStr">
+        <is>
+          <t>Only Favorites</t>
+        </is>
+      </c>
+      <c r="C383" t="inlineStr"/>
+      <c r="D383" t="inlineStr"/>
+      <c r="E383" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F383" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
+        </is>
+      </c>
+      <c r="G383" t="inlineStr"/>
+      <c r="H383" t="inlineStr"/>
+    </row>
+    <row r="384">
+      <c r="A384" t="inlineStr"/>
+      <c r="B384" t="inlineStr">
+        <is>
+          <t>Only Unlocked</t>
+        </is>
+      </c>
+      <c r="C384" t="inlineStr"/>
+      <c r="D384" t="inlineStr"/>
+      <c r="E384" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F384" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+        </is>
+      </c>
+      <c r="G384" t="inlineStr"/>
+      <c r="H384" t="inlineStr"/>
+    </row>
+    <row r="385">
+      <c r="A385" t="inlineStr"/>
+      <c r="B385" t="inlineStr">
+        <is>
+          <t>Disclaimer</t>
+        </is>
+      </c>
+      <c r="C385" t="inlineStr"/>
+      <c r="D385" t="inlineStr"/>
+      <c r="E385" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F385" t="inlineStr">
+        <is>
+          <t>.General.Disclaimer</t>
+        </is>
+      </c>
+      <c r="G385" t="inlineStr"/>
+      <c r="H385" t="inlineStr"/>
+    </row>
+    <row r="386">
+      <c r="A386" t="inlineStr"/>
+      <c r="B386" t="inlineStr">
+        <is>
+          <t>Collectable soon: __hours__ hours</t>
+        </is>
+      </c>
+      <c r="C386" t="inlineStr"/>
+      <c r="D386" t="inlineStr"/>
+      <c r="E386" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F386" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CollectSoon</t>
+        </is>
+      </c>
+      <c r="G386" t="inlineStr"/>
+      <c r="H386" t="inlineStr"/>
+    </row>
+    <row r="387">
+      <c r="A387" t="inlineStr"/>
+      <c r="B387" t="inlineStr">
+        <is>
+          <t>Highlight</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr"/>
+      <c r="D387" t="inlineStr"/>
+      <c r="E387" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F387" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.Highlight</t>
+        </is>
+      </c>
+      <c r="G387" t="inlineStr"/>
+      <c r="H387" t="inlineStr"/>
+    </row>
+    <row r="388">
+      <c r="A388" t="inlineStr"/>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>Guild Expedition</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr"/>
+      <c r="D388" t="inlineStr"/>
+      <c r="E388" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F388" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
+        </is>
+      </c>
+      <c r="G388" t="inlineStr"/>
+      <c r="H388" t="inlineStr"/>
+    </row>
+    <row r="389">
+      <c r="A389" t="inlineStr"/>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>Hidden Reward</t>
+        </is>
+      </c>
+      <c r="C389" t="inlineStr"/>
+      <c r="D389" t="inlineStr"/>
+      <c r="E389" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F389" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.hidden_reward</t>
+        </is>
+      </c>
+      <c r="G389" t="inlineStr"/>
+      <c r="H389" t="inlineStr"/>
+    </row>
+    <row r="390">
+      <c r="A390" t="inlineStr"/>
+      <c r="B390" t="inlineStr">
+        <is>
+          <t>Item Store</t>
+        </is>
+      </c>
+      <c r="C390" t="inlineStr"/>
+      <c r="D390" t="inlineStr"/>
+      <c r="E390" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F390" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.item_store</t>
+        </is>
+      </c>
+      <c r="G390" t="inlineStr"/>
+      <c r="H390" t="inlineStr"/>
+    </row>
+    <row r="391">
+      <c r="A391" t="inlineStr"/>
+      <c r="B391" t="inlineStr">
+        <is>
+          <t>Unknown</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr"/>
+      <c r="D391" t="inlineStr"/>
+      <c r="E391" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F391" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.null</t>
+        </is>
+      </c>
+      <c r="G391" t="inlineStr"/>
+      <c r="H391" t="inlineStr"/>
+    </row>
+    <row r="392">
+      <c r="A392" t="inlineStr"/>
+      <c r="B392" t="inlineStr">
+        <is>
+          <t>Hide</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr"/>
+      <c r="D392" t="inlineStr"/>
+      <c r="E392" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F392" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.Hide</t>
+        </is>
+      </c>
+      <c r="G392" t="inlineStr"/>
+      <c r="H392" t="inlineStr"/>
+    </row>
+    <row r="393">
+      <c r="A393" t="inlineStr"/>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>Show Great Buildings</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr"/>
+      <c r="D393" t="inlineStr"/>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
+        </is>
+      </c>
+      <c r="G393" t="inlineStr"/>
+      <c r="H393" t="inlineStr"/>
+    </row>
+    <row r="394">
+      <c r="A394" t="inlineStr"/>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>Show ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr"/>
+      <c r="D394" t="inlineStr"/>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
+        </is>
+      </c>
+      <c r="G394" t="inlineStr"/>
+      <c r="H394" t="inlineStr"/>
+    </row>
+    <row r="395">
+      <c r="A395" t="inlineStr"/>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>per Era</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr"/>
+      <c r="D395" t="inlineStr"/>
+      <c r="E395" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F395" t="inlineStr">
+        <is>
+          <t>.Boxes.Tooltip.Building.perEra</t>
+        </is>
+      </c>
+      <c r="G395" t="inlineStr"/>
+      <c r="H395" t="inlineStr"/>
+    </row>
+    <row r="396">
+      <c r="A396" t="inlineStr"/>
+      <c r="B396" t="inlineStr">
+        <is>
+          <t>Max</t>
+        </is>
+      </c>
+      <c r="C396" t="inlineStr"/>
+      <c r="D396" t="inlineStr"/>
+      <c r="E396" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F396" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Max</t>
+        </is>
+      </c>
+      <c r="G396" t="inlineStr"/>
+      <c r="H396" t="inlineStr"/>
+    </row>
+    <row r="397">
+      <c r="A397" t="inlineStr"/>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>Full</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr"/>
+      <c r="D397" t="inlineStr"/>
+      <c r="E397" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F397" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Full</t>
+        </is>
+      </c>
+      <c r="G397" t="inlineStr"/>
+      <c r="H397" t="inlineStr"/>
+    </row>
+    <row r="398">
+      <c r="A398" t="inlineStr"/>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>Overview of all allies and buildings that have room for them.</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr"/>
+      <c r="D398" t="inlineStr"/>
+      <c r="E398" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F398" t="inlineStr">
+        <is>
+          <t>.Menu.Allies.Desc</t>
+        </is>
+      </c>
+      <c r="G398" t="inlineStr"/>
+      <c r="H398" t="inlineStr"/>
+    </row>
+    <row r="399">
+      <c r="A399" t="inlineStr"/>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>Allies</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr"/>
+      <c r="D399" t="inlineStr"/>
+      <c r="E399" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F399" t="inlineStr">
+        <is>
+          <t>.Menu.Allies.Title</t>
+        </is>
+      </c>
+      <c r="G399" t="inlineStr"/>
+      <c r="H399" t="inlineStr"/>
+    </row>
+    <row r="400">
+      <c r="A400" t="inlineStr"/>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>List of all items in a store</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr"/>
+      <c r="D400" t="inlineStr"/>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.Desc</t>
+        </is>
+      </c>
+      <c r="G400" t="inlineStr"/>
+      <c r="H400" t="inlineStr"/>
+    </row>
+    <row r="401">
+      <c r="A401" t="inlineStr"/>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>Please open a shop first</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr"/>
+      <c r="D401" t="inlineStr"/>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F401" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.DescWarning</t>
+        </is>
+      </c>
+      <c r="G401" t="inlineStr"/>
+      <c r="H401" t="inlineStr"/>
+    </row>
+    <row r="402">
+      <c r="A402" t="inlineStr"/>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr"/>
+      <c r="D402" t="inlineStr"/>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.Title</t>
+        </is>
+      </c>
+      <c r="G402" t="inlineStr"/>
+      <c r="H402" t="inlineStr"/>
+    </row>
+    <row r="403">
+      <c r="A403" t="inlineStr"/>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr"/>
+      <c r="D403" t="inlineStr"/>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.GexStockWarning</t>
+        </is>
+      </c>
+      <c r="G403" t="inlineStr"/>
+      <c r="H403" t="inlineStr"/>
+    </row>
+    <row r="404">
+      <c r="A404" t="inlineStr"/>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr"/>
+      <c r="D404" t="inlineStr"/>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Title</t>
+        </is>
+      </c>
+      <c r="G404" t="inlineStr"/>
+      <c r="H404" t="inlineStr"/>
+    </row>
+    <row r="405">
+      <c r="A405" t="inlineStr"/>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr"/>
+      <c r="D405" t="inlineStr"/>
+      <c r="E405" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F405" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G405" t="inlineStr"/>
+      <c r="H405" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>