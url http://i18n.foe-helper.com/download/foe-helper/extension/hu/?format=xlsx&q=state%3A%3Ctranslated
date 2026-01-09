--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H405"/>
+  <dimension ref="A1:H430"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -2783,7088 +2783,7646 @@
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Várostérkép adatok másolása</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.CopyMetaInfos</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>FoE-Helper: Number of FPs that can be bought with coins.</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>Érmékért megvásárolható FP-k száma.</t>
+          <t>Céh áruk</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>.StrategyPoints.BuyableFP</t>
+          <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Amount of sectors granted since last calculation.</t>
+          <t>FoE-Helper: Number of FPs that can be bought with coins.</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>Legutóbbi számítás óta biztosított szektorok száma.</t>
+          <t>Érmékért megvásárolható FP-k száma.</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
+          <t>.StrategyPoints.BuyableFP</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr"/>
+      <c r="H94" t="inlineStr"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr"/>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Amount of sectors granted since last calculation.</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>Legutóbbi számítás óta biztosított szektorok száma.</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr"/>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
           <t>.GvG.Independences.Tooltip</t>
         </is>
       </c>
-      <c r="G94" t="inlineStr">
+      <c r="G95" t="inlineStr">
         <is>
           <t>"Amount of sectors granted since last calculation."  ?
 - - -
 "Amount of sectors granted release since last calculation."</t>
         </is>
       </c>
-      <c r="H94" t="inlineStr"/>
-[...24 lines deleted...]
-      <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>2000 Quest Mark</t>
+          <t>Shows a small badge with a counter of how many quests you can still refuse.</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2000 küldetés feltüntetése</t>
+          <t>Címke feltüntetése egy kis számlálóval, ami megmutatja hogy hány küldetést utasíthatsz még el.</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>.Settings.Show2kQuestMark.Title</t>
+          <t>.Settings.Show2kQuestMark.Desc</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
+          <t>2000 Quest Mark</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>NN-HHH</t>
+          <t>2000 küldetés feltüntetése</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Settings.Show2kQuestMark.Title</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Participating</t>
+          <t>DD/MMM</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>Résztvevő</t>
+          <t>NN-HHH</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.Participant</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>End date</t>
+          <t>Participating</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>Befejezés dátuma</t>
+          <t>Résztvevő</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.EndDate</t>
+          <t>.Boxes.GexStat.Participant</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>End date</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>Egyéb épületek</t>
+          <t>Befejezés dátuma</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.generic_building</t>
+          <t>.Boxes.GuildMemberStat.EndDate</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>Speciális épületek</t>
+          <t>Egyéb épületek</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Boxes.Productions.Headings.generic_building</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>GE</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>Céhexpedíció</t>
+          <t>Speciális épületek</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.Gex</t>
+          <t>.Boxes.Productions.Headings.off_grid</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>GE Main Encounters</t>
+          <t>GE</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>CE főkapuk</t>
+          <t>Céhexpedíció</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.GexLastOfSections</t>
+          <t>.Boxes.Castle.Gex</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Open the GE overview to update the data.</t>
+          <t>GE Main Encounters</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>Nyisd meg a CE áttekintőt, hogy frissítsd az adatokat.</t>
+          <t>CE főkapuk</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>.Boxes.Castle.VisitGexWarning</t>
+          <t>.Boxes.Castle.GexLastOfSections</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Castle System</t>
+          <t>Open the GE overview to update the data.</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>Kastélyrendszer</t>
+          <t>Nyisd meg a CE áttekintőt, hogy frissítsd az adatokat.</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>.Menu.Castle.Title</t>
+          <t>.Boxes.Castle.VisitGexWarning</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Castle System</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>Egyéb épületek</t>
+          <t>Kastélyrendszer</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.generic_building</t>
+          <t>.Menu.Castle.Title</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Image size</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>Kép mérete</t>
+          <t>Egyéb épületek</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>.Boxes.Units.PictogramScalingTitle</t>
+          <t>.Boxes.CityMap.generic_building</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Events</t>
+          <t>Image size</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>Események</t>
+          <t>Kép mérete</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Events</t>
+          <t>.Boxes.Units.PictogramScalingTitle</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>For guild events you have to visit the GBG map first</t>
+          <t>Events</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>A céhes eseményekhez előbb látogasd meg a céh-csatatér térképét</t>
+          <t>Események</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.VisitGGMapBefore</t>
+          <t>.Boxes.Kits.Events</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Event</t>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>Esemény</t>
+          <t>Cserélje a játékosneveket és a céhneveket a scoredb.io játékos- vagy céhprofiljára mutató hivatkozásokra.&lt;br&gt;Az építőkészletek neveit a forgeofempires.fandom.com webhelyre mutató hivatkozásokra cseréli.</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.Event</t>
+          <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>For guild events you have to visit the GBG map first</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>Katonai épületek</t>
+          <t>A céhes eseményekhez előbb látogasd meg a céh-csatatér térképét</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Energy used: </t>
+          <t>Event</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t xml:space="preserve">Előrelépés a felhasznált energiát illetően: </t>
+          <t>Esemény</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.anniversary</t>
+          <t>.Boxes.Discord.Event</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Progress per key</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>Előrehaladás kulcsonként</t>
+          <t>Katonai épületek</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeyValue.anniversary</t>
+          <t>.Boxes.Productions.Headings.military</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>The current Status of the game</t>
+          <t xml:space="preserve">Target Progress for Energy used: </t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>A játék aktuális állapota</t>
+          <t xml:space="preserve">Előrelépés a felhasznált energiát illetően: </t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Status.Title</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.anniversary</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Efficiency (incl. badges)</t>
+          <t>Progress per key</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>Hatékonyság (jelvényekkel)</t>
+          <t>Előrehaladás kulcsonként</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Efficiency.soccer</t>
+          <t>.Boxes.MergerGame.KeyValue.anniversary</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Badges</t>
+          <t>The current Status of the game</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>Jelvények</t>
+          <t>A játék aktuális állapota</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Keys.soccer</t>
+          <t>.Boxes.MergerGame.Status.Title</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>FoE-Helper: There are badges remaining on the field!</t>
+          <t>Efficiency (incl. badges)</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>FoE-Helper: A táblán még vannak jelvények!</t>
+          <t>Hatékonyság (jelvényekkel)</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeysLeft.soccer</t>
+          <t>.Boxes.MergerGame.Efficiency.soccer</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Progress per badge</t>
+          <t>Badges</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>Előrehaladás jelvényenként</t>
+          <t>Jelvények</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeyValue.soccer</t>
+          <t>.Boxes.MergerGame.Keys.soccer</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Workers used: </t>
+          <t>FoE-Helper: There are badges remaining on the field!</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t xml:space="preserve">Előrelépés a felhasznált focilabdákat illetően: </t>
+          <t>FoE-Helper: A táblán még vannak jelvények!</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
+          <t>.Boxes.MergerGame.KeysLeft.soccer</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Sim</t>
+          <t>Progress per badge</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>Szim.</t>
+          <t>Előrehaladás jelvényenként</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Simulation</t>
+          <t>.Boxes.MergerGame.KeyValue.soccer</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Day ⇋</t>
+          <t xml:space="preserve">Target Progress for Workers used: </t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>Nap ⇋</t>
+          <t xml:space="preserve">Előrelépés a felhasznált focilabdákat illetően: </t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Day</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.soccer</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Thousand</t>
+          <t>Sim</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>Ezer</t>
+          <t>Szim.</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>.Boxes.idleGame.K</t>
+          <t>.Boxes.MergerGame.Simulation</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
+          <t>Day ⇋</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+          <t>Nap ⇋</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Boxes.MergerGame.Day</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t>Thousand</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+          <t>Ezer</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.idleGame.K</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Expired Limited Buildings:</t>
-[...2 lines deleted...]
-      <c r="C125" t="inlineStr"/>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
+        </is>
+      </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>.InactiveBuildingsAlert.title</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Roadless buildings</t>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>Jelölje ki azokat az épületeket, amelyeknek nincs szükségük utcákra</t>
+          <t>Meg fogsz halni, ha kijátszod ezt a kártyát! Fontolja meg az újrarajzolást vagy az egészség vásárlását!</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>__amount__% of __good__ stock (__era__)</t>
+          <t>Expired Limited Buildings:</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>.Boxes.GBGBuildings.relativeCosts</t>
+          <t>.InactiveBuildingsAlert.title</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>PvP-Arena</t>
-[...2 lines deleted...]
-      <c r="C128" t="inlineStr"/>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Jelölje ki azokat az épületeket, amelyeknek nincs szükségük utcákra</t>
+        </is>
+      </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Title</t>
+          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Type</t>
+          <t>__amount__% of __good__ stock (__era__)</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Type</t>
+          <t>.Boxes.GBGBuildings.relativeCosts</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Player</t>
+          <t>PvP-Arena</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.PlayerName</t>
+          <t>.Boxes.PvPArena.Title</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Points</t>
+          <t>Type</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Points</t>
+          <t>.Boxes.PvPArena.Type</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Player</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.AllFights</t>
+          <t>.Boxes.PvPArena.PlayerName</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Attack</t>
+          <t>Points</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.AttackFights</t>
+          <t>.Boxes.PvPArena.Points</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Defense</t>
+          <t>All</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.DefenseFights</t>
+          <t>.Boxes.PvPArena.Tabs.AllFights</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>lost Attacks</t>
+          <t>Attack</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>.Boxes.PvPArena.Tabs.LostAttackFights</t>
+          <t>.Boxes.PvPArena.Tabs.AttackFights</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Show Fragments</t>
+          <t>Defense</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>.Boxes.Settings.showBGFragments</t>
+          <t>.Boxes.PvPArena.Tabs.DefenseFights</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Expired Buildings Notification</t>
+          <t>lost Attacks</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowBuildingsExpired</t>
+          <t>.Boxes.PvPArena.Tabs.LostAttackFights</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>PvP-Arena-Protocol</t>
+          <t>Show Fragments</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowPvPArena</t>
+          <t>.Boxes.Settings.showBGFragments</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Notifications are created, that inform about the expiration of a limited building. (after deactivating this function, alerts that were created in the past may still show)</t>
+          <t>Expired Buildings Notification</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>.Settings.ShowBuildingsExpired.Desc</t>
+          <t>.Settings.Entry.ShowBuildingsExpired</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Create Limited Building Alerts</t>
+          <t>PvP-Arena-Protocol</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>.Settings.ShowBuildingsExpired.Title</t>
+          <t>.Settings.Entry.ShowPvPArena</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Show Blueprints</t>
+          <t>Notifications are created, that inform about the expiration of a limited building. (after deactivating this function, alerts that were created in the past may still show)</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartBP.Desc</t>
+          <t>.Settings.ShowBuildingsExpired.Desc</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Show Medals</t>
+          <t>Create Limited Building Alerts</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMedals.Desc</t>
+          <t>.Settings.ShowBuildingsExpired.Title</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>GBG Building Recommendation</t>
+          <t>Show Blueprints</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGBuildings</t>
+          <t>.Settings.ShowOwnPartBP.Desc</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Show GBG Building Recommendation</t>
+          <t>Show Medals</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGBuildings.Title</t>
+          <t>.Settings.ShowOwnPartMedals.Desc</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>When opening the building menu in a GBG Province, a table is displayed, showing the possible building combinations that would be better than the current one, sorted by their relative impact on the Guild Treasury.</t>
+          <t>GBG Building Recommendation</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGBuildings.Desc</t>
+          <t>.Settings.Entry.ShowGBGBuildings</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>PvP-Arena-Protocol</t>
+          <t>Show GBG Building Recommendation</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.Settings.ShowPvPArena.Title</t>
+          <t>.Settings.ShowGBGBuildings.Title</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Show PvP-Arena-Protocol, when opening the PvP-Arena?</t>
+          <t>When opening the building menu in a GBG Province, a table is displayed, showing the possible building combinations that would be better than the current one, sorted by their relative impact on the Guild Treasury.</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.Settings.ShowPvPArena.Desc</t>
+          <t>.Settings.ShowGBGBuildings.Desc</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>FoE-Helper: Number of FPs in your bar.</t>
+          <t>PvP-Arena-Protocol</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.StrategyPoints.FPInBar</t>
+          <t>.Settings.ShowPvPArena.Title</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Level 1 building or selection kit</t>
+          <t>Show PvP-Arena-Protocol, when opening the PvP-Arena?</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Base</t>
+          <t>.Settings.ShowPvPArena.Desc</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>For the full building you need: &lt;br&gt; A level 1 building or selection kit, all upgrades &lt;i&gt;and if shown here special upgrades.&lt;/i&gt;</t>
+          <t>FoE-Helper: Number of FPs in your bar.</t>
         </is>
       </c>
       <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Upgrades</t>
+          <t>.StrategyPoints.FPInBar</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Quantum-Incursions</t>
+          <t>Level 1 building or selection kit</t>
         </is>
       </c>
       <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.Rewards.Source.guild_raids</t>
+          <t>.Boxes.Kits.Base</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Quantum Incursion Rewards</t>
+          <t>For the full building you need: &lt;br&gt; A level 1 building or selection kit, all upgrades &lt;i&gt;and if shown here special upgrades.&lt;/i&gt;</t>
         </is>
       </c>
       <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.Rewards.SourceTitle.guild_raids</t>
+          <t>.Boxes.Kits.Upgrades</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Units</t>
+          <t>Quantum-Incursions</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.General.Units</t>
+          <t>.Boxes.Stats.Rewards.Source.guild_raids</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Unit</t>
+          <t>Quantum Incursion Rewards</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.General.Unit</t>
+          <t>.Boxes.Stats.Rewards.SourceTitle.guild_raids</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Goods</t>
+          <t>Units</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.General.Goods</t>
+          <t>.General.Units</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Good</t>
+          <t>Unit</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.General.Good</t>
+          <t>.General.Unit</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Quantum Incursion Map</t>
+          <t>Goods</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.Boxes.QIMap.Title</t>
+          <t>.General.Goods</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>See all available information of the current QI map.</t>
+          <t>Good</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.Menu.QIMap.Desc</t>
+          <t>.General.Good</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>QI Map</t>
+          <t>Quantum Incursion Map</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.Menu.QIMap.Title</t>
+          <t>.Boxes.QIMap.Title</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Event Pass</t>
+          <t>See all available information of the current QI map.</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.event_pass</t>
+          <t>.Menu.QIMap.Desc</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Quantum Incursion</t>
+          <t>QI Map</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.guild_raids</t>
+          <t>.Menu.QIMap.Title</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>St. Patrick's Day Event Task</t>
+          <t>Event Pass</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.st_patricks_event_task_reward</t>
+          <t>.Boxes.FPCollector.event_pass</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Rival sound</t>
+          <t>Quantum Incursion</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RivalSound</t>
+          <t>.Boxes.FPCollector.guild_raids</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Shall a sound be played when completing a rival quest?</t>
+          <t>St. Patrick's Day Event Task</t>
         </is>
       </c>
       <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.Settings.RivalSound.Desc</t>
+          <t>.Boxes.FPCollector.st_patricks_event_task_reward</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Sound for Rival-Quest</t>
+          <t>Rival sound</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.Settings.RivalSound.Title</t>
+          <t>.Settings.Entry.RivalSound</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shall a sound be played when completing a rival quest?</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Settings.RivalSound.Desc</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
+          <t>Sound for Rival-Quest</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
+          <t>.Settings.RivalSound.Title</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>API Token missing</t>
-[...2 lines deleted...]
-      <c r="C168" t="inlineStr"/>
+          <t>Displayed values assume your buildings have finished construction.</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Az összes megjelenített érték, kivéve a Műveletek óránként, feltételezi, hogy az épületek építése befejeződött.</t>
+        </is>
+      </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.MissingApiKeyErrorHeader</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Show only Favourites</t>
+          <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.ShowFavourites</t>
+          <t>.Boxes.CityMap.MissingApiKeySubmitError</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Error!</t>
+          <t>API Token missing</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.Boxes.Settings.ApiTokenLengthWrongHeader</t>
+          <t>.Boxes.CityMap.MissingApiKeyErrorHeader</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>This is not a valid token. Please check your input!</t>
+          <t>Show only Favourites</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.Boxes.Settings.ApiTokenLengthWrongBody</t>
+          <t>.Boxes.Kits.ShowFavourites</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>To be able to transfer data for a world like city or notes, you need a token for each world.&lt;br&gt;Click here for instructions: &lt;a target='_blank' href='https://docs.foe-helper.com/english/api-token'&gt;Api-Token&lt;/a&gt;</t>
+          <t>Error!</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.Settings.ApiToken.Desc</t>
+          <t>.Boxes.Settings.ApiTokenLengthWrongHeader</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Website Api-Token</t>
+          <t>This is not a valid token. Please check your input!</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.Settings.ApiToken.Title</t>
+          <t>.Boxes.Settings.ApiTokenLengthWrongBody</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/api-token</t>
+          <t>To be able to transfer data for a world like city or notes, you need a token for each world.&lt;br&gt;Click here for instructions: &lt;a target='_blank' href='https://docs.foe-helper.com/english/api-token'&gt;Api-Token&lt;/a&gt;</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.Settings.ApiTokenUrl</t>
+          <t>.Settings.ApiToken.Desc</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
           <t>Website Api-Token</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ApiToken</t>
+          <t>.Settings.ApiToken.Title</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>5hr</t>
-[...6 lines deleted...]
-      </c>
+          <t>https://docs.foe-helper.com/english/api-token</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Settings.ApiTokenUrl</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Boost Inventory</t>
+          <t>Website Api-Token</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.Title</t>
+          <t>.Settings.Entry.ApiToken</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
-          <t>Boost Values</t>
-[...2 lines deleted...]
-      <c r="C178" t="inlineStr"/>
+          <t>5h</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>5ó</t>
+        </is>
+      </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.Values</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Toggle expiry Alert</t>
+          <t>Boost Inventory</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.Boxes.InactivesSettings.Title</t>
+          <t>.Boxes.CombatCalculator.Title</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Eff</t>
+          <t>Boost Values</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Efficiency</t>
+          <t>.Boxes.CombatCalculator.Values</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Efficiency (incl. keys)</t>
+          <t>Toggle expiry Alert</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Efficiency.care</t>
+          <t>.Boxes.InactivesSettings.Title</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t xml:space="preserve">Target Progress for Soccer Balls used: </t>
+          <t>Eff</t>
         </is>
       </c>
       <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.EfficiencyTargetProgress.care</t>
+          <t>.Boxes.Kits.Efficiency</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>Workers used</t>
+          <t>Efficiency (incl. keys)</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Energy.care</t>
+          <t>.Boxes.MergerGame.Efficiency.care</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>Progress per key</t>
+          <t xml:space="preserve">Target Progress for Soccer Balls used: </t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeyValue.care</t>
+          <t>.Boxes.MergerGame.EfficiencyTargetProgress.care</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Keys</t>
+          <t>Workers used</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.Keys.care</t>
+          <t>.Boxes.MergerGame.Energy.care</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>FoE-Helper: There are keys remaining on the field!</t>
+          <t>Progress per key</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.KeysLeft.care</t>
+          <t>.Boxes.MergerGame.KeyValue.care</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Available Workers</t>
+          <t>Keys</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.Boxes.MergerGame.availableCurrency.care</t>
+          <t>.Boxes.MergerGame.Keys.care</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Active Guild Members</t>
+          <t>FoE-Helper: There are keys remaining on the field!</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.Boxes.OtherGuildActivity.Title</t>
+          <t>.Boxes.MergerGame.KeysLeft.care</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>There are no buildings in this category.</t>
+          <t>Available Workers</t>
         </is>
       </c>
       <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.EmptyList</t>
+          <t>.Boxes.MergerGame.availableCurrency.care</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>Filter buildings</t>
+          <t>Active Guild Members</t>
         </is>
       </c>
       <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FilterTable</t>
+          <t>.Boxes.OtherGuildActivity.Title</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Current era goods</t>
+          <t>There are no buildings in this category.</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.goods_current</t>
+          <t>.Boxes.Productions.EmptyList</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>Next era goods</t>
+          <t>Filter buildings</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.goods_next</t>
+          <t>.Boxes.Productions.FilterTable</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Previous era goods</t>
+          <t>Current era goods</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.goods_previous</t>
+          <t>.Boxes.Productions.goods_current</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>For chain buildings the whole chain is treated as one single building. For sets we assume that all parts are fully connected.</t>
+          <t>Next era goods</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Disclaimer</t>
+          <t>.Boxes.Productions.goods_next</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
+          <t>Previous era goods</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Explainer</t>
+          <t>.Boxes.Productions.goods_previous</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>For chain buildings the whole chain is treated as one single building. For sets we assume that all parts are fully connected.</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.FindBuilding</t>
+          <t>.Boxes.ProductionsRating.Disclaimer</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Show Item column</t>
+          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowItems</t>
+          <t>.Boxes.ProductionsRating.Explainer</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>Value/tile</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowValuesPerTile</t>
+          <t>.Boxes.ProductionsRating.FindBuilding</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Search</t>
+          <t>Show Item column</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Filter</t>
+          <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>Add Building</t>
+          <t>Value/tile</t>
         </is>
       </c>
       <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Boxes.ProductionsRating.ShowValuesPerTile</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Find Special Building</t>
+          <t>Search</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.FindSpecialBuilding</t>
+          <t>.Boxes.ProductionsRating.Filter</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>random</t>
+          <t>Add Building</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.Boxes.Units.random</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Rogue</t>
+          <t>Find Special Building</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.Boxes.Units.rogue</t>
+          <t>.Boxes.ProductionsRating.FindSpecialBuilding</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr"/>
       <c r="B204" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>random</t>
         </is>
       </c>
       <c r="C204" t="inlineStr"/>
       <c r="D204" t="inlineStr"/>
       <c r="E204" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>.Eras.0.short</t>
+          <t>.Boxes.Units.random</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr"/>
       <c r="B205" t="inlineStr">
         <is>
-          <t>SA</t>
+          <t>Rogue</t>
         </is>
       </c>
       <c r="C205" t="inlineStr"/>
       <c r="D205" t="inlineStr"/>
       <c r="E205" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>.Eras.1.short</t>
+          <t>.Boxes.Units.rogue</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr"/>
       <c r="B206" t="inlineStr">
         <is>
-          <t>ME</t>
+          <t>-</t>
         </is>
       </c>
       <c r="C206" t="inlineStr"/>
       <c r="D206" t="inlineStr"/>
       <c r="E206" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>.Eras.10.short</t>
+          <t>.Eras.0.short</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr"/>
       <c r="B207" t="inlineStr">
         <is>
-          <t>PME</t>
+          <t>SA</t>
         </is>
       </c>
       <c r="C207" t="inlineStr"/>
       <c r="D207" t="inlineStr"/>
       <c r="E207" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>.Eras.11.short</t>
+          <t>.Eras.1.short</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr"/>
       <c r="B208" t="inlineStr">
         <is>
-          <t>CE</t>
+          <t>ME</t>
         </is>
       </c>
       <c r="C208" t="inlineStr"/>
       <c r="D208" t="inlineStr"/>
       <c r="E208" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>.Eras.12.short</t>
+          <t>.Eras.10.short</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr"/>
       <c r="B209" t="inlineStr">
         <is>
-          <t>TE</t>
+          <t>PME</t>
         </is>
       </c>
       <c r="C209" t="inlineStr"/>
       <c r="D209" t="inlineStr"/>
       <c r="E209" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>.Eras.13.short</t>
+          <t>.Eras.11.short</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr"/>
       <c r="B210" t="inlineStr">
         <is>
-          <t>FE</t>
+          <t>CE</t>
         </is>
       </c>
       <c r="C210" t="inlineStr"/>
       <c r="D210" t="inlineStr"/>
       <c r="E210" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>.Eras.14.short</t>
+          <t>.Eras.12.short</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr"/>
       <c r="B211" t="inlineStr">
         <is>
-          <t>AF</t>
+          <t>TE</t>
         </is>
       </c>
       <c r="C211" t="inlineStr"/>
       <c r="D211" t="inlineStr"/>
       <c r="E211" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>.Eras.15.short</t>
+          <t>.Eras.13.short</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr"/>
       <c r="B212" t="inlineStr">
         <is>
-          <t>OF</t>
+          <t>FE</t>
         </is>
       </c>
       <c r="C212" t="inlineStr"/>
       <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>.Eras.16.short</t>
+          <t>.Eras.14.short</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr"/>
       <c r="B213" t="inlineStr">
         <is>
-          <t>VF</t>
+          <t>AF</t>
         </is>
       </c>
       <c r="C213" t="inlineStr"/>
       <c r="D213" t="inlineStr"/>
       <c r="E213" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>.Eras.17.short</t>
+          <t>.Eras.15.short</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr"/>
       <c r="B214" t="inlineStr">
         <is>
-          <t>SAM</t>
+          <t>OF</t>
         </is>
       </c>
       <c r="C214" t="inlineStr"/>
       <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>.Eras.18.short</t>
+          <t>.Eras.16.short</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr"/>
       <c r="B215" t="inlineStr">
         <is>
-          <t>SAAB</t>
+          <t>VF</t>
         </is>
       </c>
       <c r="C215" t="inlineStr"/>
       <c r="D215" t="inlineStr"/>
       <c r="E215" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>.Eras.19.short</t>
+          <t>.Eras.17.short</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr"/>
       <c r="B216" t="inlineStr">
         <is>
-          <t>BA</t>
+          <t>SAM</t>
         </is>
       </c>
       <c r="C216" t="inlineStr"/>
       <c r="D216" t="inlineStr"/>
       <c r="E216" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>.Eras.2.short</t>
+          <t>.Eras.18.short</t>
         </is>
       </c>
       <c r="G216" t="inlineStr"/>
       <c r="H216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr"/>
       <c r="B217" t="inlineStr">
         <is>
-          <t>SAV</t>
+          <t>SAAB</t>
         </is>
       </c>
       <c r="C217" t="inlineStr"/>
       <c r="D217" t="inlineStr"/>
       <c r="E217" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>.Eras.20.short</t>
+          <t>.Eras.19.short</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr"/>
       <c r="B218" t="inlineStr">
         <is>
-          <t>SAJM</t>
+          <t>BA</t>
         </is>
       </c>
       <c r="C218" t="inlineStr"/>
       <c r="D218" t="inlineStr"/>
       <c r="E218" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>.Eras.21.short</t>
+          <t>.Eras.2.short</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr"/>
       <c r="B219" t="inlineStr">
         <is>
-          <t>SAT</t>
+          <t>SAV</t>
         </is>
       </c>
       <c r="C219" t="inlineStr"/>
       <c r="D219" t="inlineStr"/>
       <c r="E219" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>.Eras.22.short</t>
+          <t>.Eras.20.short</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr"/>
       <c r="B220" t="inlineStr">
         <is>
-          <t>Space Age Space Hub</t>
+          <t>SAJM</t>
         </is>
       </c>
       <c r="C220" t="inlineStr"/>
       <c r="D220" t="inlineStr"/>
       <c r="E220" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>.Eras.23</t>
+          <t>.Eras.21.short</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr"/>
       <c r="B221" t="inlineStr">
         <is>
-          <t>SASH</t>
+          <t>SAT</t>
         </is>
       </c>
       <c r="C221" t="inlineStr"/>
       <c r="D221" t="inlineStr"/>
       <c r="E221" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>.Eras.23.short</t>
+          <t>.Eras.22.short</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr"/>
       <c r="B222" t="inlineStr">
         <is>
-          <t>IA</t>
+          <t>Space Age Space Hub</t>
         </is>
       </c>
       <c r="C222" t="inlineStr"/>
       <c r="D222" t="inlineStr"/>
       <c r="E222" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>.Eras.3.short</t>
+          <t>.Eras.23</t>
         </is>
       </c>
       <c r="G222" t="inlineStr"/>
       <c r="H222" t="inlineStr"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr"/>
       <c r="B223" t="inlineStr">
         <is>
-          <t>EMA</t>
+          <t>SASH</t>
         </is>
       </c>
       <c r="C223" t="inlineStr"/>
       <c r="D223" t="inlineStr"/>
       <c r="E223" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
-          <t>.Eras.4.short</t>
+          <t>.Eras.23.short</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr"/>
       <c r="B224" t="inlineStr">
         <is>
-          <t>HMA</t>
+          <t>IA</t>
         </is>
       </c>
       <c r="C224" t="inlineStr"/>
       <c r="D224" t="inlineStr"/>
       <c r="E224" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F224" t="inlineStr">
         <is>
-          <t>.Eras.5.short</t>
+          <t>.Eras.3.short</t>
         </is>
       </c>
       <c r="G224" t="inlineStr"/>
       <c r="H224" t="inlineStr"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr"/>
       <c r="B225" t="inlineStr">
         <is>
-          <t>LMA</t>
+          <t>EMA</t>
         </is>
       </c>
       <c r="C225" t="inlineStr"/>
       <c r="D225" t="inlineStr"/>
       <c r="E225" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F225" t="inlineStr">
         <is>
-          <t>.Eras.6.short</t>
+          <t>.Eras.4.short</t>
         </is>
       </c>
       <c r="G225" t="inlineStr"/>
       <c r="H225" t="inlineStr"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr"/>
       <c r="B226" t="inlineStr">
         <is>
-          <t>CA</t>
+          <t>HMA</t>
         </is>
       </c>
       <c r="C226" t="inlineStr"/>
       <c r="D226" t="inlineStr"/>
       <c r="E226" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
-          <t>.Eras.7.short</t>
+          <t>.Eras.5.short</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr"/>
       <c r="B227" t="inlineStr">
         <is>
-          <t>InA</t>
+          <t>LMA</t>
         </is>
       </c>
       <c r="C227" t="inlineStr"/>
       <c r="D227" t="inlineStr"/>
       <c r="E227" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
-          <t>.Eras.8.short</t>
+          <t>.Eras.6.short</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr"/>
       <c r="B228" t="inlineStr">
         <is>
-          <t>PE</t>
+          <t>CA</t>
         </is>
       </c>
       <c r="C228" t="inlineStr"/>
       <c r="D228" t="inlineStr"/>
       <c r="E228" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
-          <t>.Eras.9.short</t>
+          <t>.Eras.7.short</t>
         </is>
       </c>
       <c r="G228" t="inlineStr"/>
       <c r="H228" t="inlineStr"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr"/>
       <c r="B229" t="inlineStr">
         <is>
-          <t>Battle Potions</t>
+          <t>InA</t>
         </is>
       </c>
       <c r="C229" t="inlineStr"/>
       <c r="D229" t="inlineStr"/>
       <c r="E229" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F229" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowPotions</t>
+          <t>.Eras.8.short</t>
         </is>
       </c>
       <c r="G229" t="inlineStr"/>
       <c r="H229" t="inlineStr"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr"/>
       <c r="B230" t="inlineStr">
         <is>
-          <t>Shows an icon in the top right corner displaying the shortest currently running potion and giving an inventory list of potions upon hover. (De)Activating this option might not immediately remove/show the icon - wait or reload.</t>
+          <t>PE</t>
         </is>
       </c>
       <c r="C230" t="inlineStr"/>
       <c r="D230" t="inlineStr"/>
       <c r="E230" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F230" t="inlineStr">
         <is>
-          <t>.Settings.ShowPotions.Desc</t>
+          <t>.Eras.9.short</t>
         </is>
       </c>
       <c r="G230" t="inlineStr"/>
       <c r="H230" t="inlineStr"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr"/>
       <c r="B231" t="inlineStr">
         <is>
           <t>Battle Potions</t>
         </is>
       </c>
       <c r="C231" t="inlineStr"/>
       <c r="D231" t="inlineStr"/>
       <c r="E231" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F231" t="inlineStr">
         <is>
-          <t>.Settings.ShowPotions.Title</t>
+          <t>.Settings.Entry.ShowPotions</t>
         </is>
       </c>
       <c r="G231" t="inlineStr"/>
       <c r="H231" t="inlineStr"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr"/>
       <c r="B232" t="inlineStr">
         <is>
-          <t>Do not create alerts for selected buildings</t>
+          <t>Shows an icon in the top right corner displaying the shortest currently running potion and giving an inventory list of potions upon hover. (De)Activating this option might not immediately remove/show the icon - wait or reload.</t>
         </is>
       </c>
       <c r="C232" t="inlineStr"/>
       <c r="D232" t="inlineStr"/>
       <c r="E232" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F232" t="inlineStr">
         <is>
-          <t>.Settings.ShowBuildingsExpired.Button</t>
+          <t>.Settings.ShowPotions.Desc</t>
         </is>
       </c>
       <c r="G232" t="inlineStr"/>
       <c r="H232" t="inlineStr"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr"/>
       <c r="B233" t="inlineStr">
         <is>
-          <t>Needs two lane road</t>
-[...6 lines deleted...]
-      </c>
+          <t>Battle Potions</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr"/>
       <c r="D233" t="inlineStr"/>
       <c r="E233" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F233" t="inlineStr">
         <is>
-          <t>.Boxes.CombatCalculator.StreetRequired</t>
+          <t>.Settings.ShowPotions.Title</t>
         </is>
       </c>
       <c r="G233" t="inlineStr"/>
       <c r="H233" t="inlineStr"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr"/>
       <c r="B234" t="inlineStr">
         <is>
-          <t>Item</t>
+          <t>Do not create alerts for selected buildings</t>
         </is>
       </c>
       <c r="C234" t="inlineStr"/>
       <c r="D234" t="inlineStr"/>
       <c r="E234" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F234" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.item</t>
+          <t>.Settings.ShowBuildingsExpired.Button</t>
         </is>
       </c>
       <c r="G234" t="inlineStr"/>
       <c r="H234" t="inlineStr"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr"/>
       <c r="B235" t="inlineStr">
         <is>
-          <t>Sum</t>
-[...2 lines deleted...]
-      <c r="C235" t="inlineStr"/>
+          <t>Needs two lane road</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Kétsávos útra van szükség</t>
+        </is>
+      </c>
       <c r="D235" t="inlineStr"/>
       <c r="E235" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F235" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.ModeSum</t>
+          <t>.Boxes.CombatCalculator.StreetRequired</t>
         </is>
       </c>
       <c r="G235" t="inlineStr"/>
       <c r="H235" t="inlineStr"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr"/>
       <c r="B236" t="inlineStr">
         <is>
-          <t>common</t>
+          <t>Item</t>
         </is>
       </c>
       <c r="C236" t="inlineStr"/>
       <c r="D236" t="inlineStr"/>
       <c r="E236" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F236" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.common</t>
+          <t>.Boxes.Productions.Headings.item</t>
         </is>
       </c>
       <c r="G236" t="inlineStr"/>
       <c r="H236" t="inlineStr"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr"/>
       <c r="B237" t="inlineStr">
         <is>
-          <t>uncommon</t>
+          <t>Sum</t>
         </is>
       </c>
       <c r="C237" t="inlineStr"/>
       <c r="D237" t="inlineStr"/>
       <c r="E237" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F237" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.uncommon</t>
+          <t>.Boxes.Productions.ModeSum</t>
         </is>
       </c>
       <c r="G237" t="inlineStr"/>
       <c r="H237" t="inlineStr"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr"/>
       <c r="B238" t="inlineStr">
         <is>
-          <t>rare</t>
+          <t>common</t>
         </is>
       </c>
       <c r="C238" t="inlineStr"/>
       <c r="D238" t="inlineStr"/>
       <c r="E238" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F238" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.rare</t>
+          <t>.Boxes.Productions.AllyRarity.common</t>
         </is>
       </c>
       <c r="G238" t="inlineStr"/>
       <c r="H238" t="inlineStr"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr"/>
       <c r="B239" t="inlineStr">
         <is>
-          <t>epic</t>
+          <t>uncommon</t>
         </is>
       </c>
       <c r="C239" t="inlineStr"/>
       <c r="D239" t="inlineStr"/>
       <c r="E239" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F239" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.epic</t>
+          <t>.Boxes.Productions.AllyRarity.uncommon</t>
         </is>
       </c>
       <c r="G239" t="inlineStr"/>
       <c r="H239" t="inlineStr"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr"/>
       <c r="B240" t="inlineStr">
         <is>
-          <t>legendary</t>
+          <t>rare</t>
         </is>
       </c>
       <c r="C240" t="inlineStr"/>
       <c r="D240" t="inlineStr"/>
       <c r="E240" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F240" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AllyRarity.legendary</t>
+          <t>.Boxes.Productions.AllyRarity.rare</t>
         </is>
       </c>
       <c r="G240" t="inlineStr"/>
       <c r="H240" t="inlineStr"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr"/>
       <c r="B241" t="inlineStr">
         <is>
-          <t>Add selected buildings</t>
+          <t>epic</t>
         </is>
       </c>
       <c r="C241" t="inlineStr"/>
       <c r="D241" t="inlineStr"/>
       <c r="E241" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F241" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuildings</t>
+          <t>.Boxes.Productions.AllyRarity.epic</t>
         </is>
       </c>
       <c r="G241" t="inlineStr"/>
       <c r="H241" t="inlineStr"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr"/>
       <c r="B242" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+          <t>legendary</t>
         </is>
       </c>
       <c r="C242" t="inlineStr"/>
       <c r="D242" t="inlineStr"/>
       <c r="E242" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F242" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.Productions.AllyRarity.legendary</t>
         </is>
       </c>
       <c r="G242" t="inlineStr"/>
       <c r="H242" t="inlineStr"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr"/>
       <c r="B243" t="inlineStr">
         <is>
-          <t>12 hour clock</t>
+          <t>Add selected buildings</t>
         </is>
       </c>
       <c r="C243" t="inlineStr"/>
       <c r="D243" t="inlineStr"/>
       <c r="E243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F243" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AMPMTime</t>
+          <t>.Boxes.ProductionsRating.AddBuildings</t>
         </is>
       </c>
       <c r="G243" t="inlineStr"/>
       <c r="H243" t="inlineStr"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr"/>
       <c r="B244" t="inlineStr">
         <is>
-          <t>Relative time</t>
-[...2 lines deleted...]
-      <c r="C244" t="inlineStr"/>
+          <t>buildings total</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Épületek száma: </t>
+        </is>
+      </c>
       <c r="D244" t="inlineStr"/>
       <c r="E244" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F244" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.RelativeTime</t>
+          <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G244" t="inlineStr"/>
       <c r="H244" t="inlineStr"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr"/>
       <c r="B245" t="inlineStr">
         <is>
-          <t>24 hour clock</t>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
         </is>
       </c>
       <c r="C245" t="inlineStr"/>
       <c r="D245" t="inlineStr"/>
       <c r="E245" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F245" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Time24</t>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
         </is>
       </c>
       <c r="G245" t="inlineStr"/>
       <c r="H245" t="inlineStr"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr"/>
       <c r="B246" t="inlineStr">
         <is>
-          <t>Boost</t>
+          <t>12 hour clock</t>
         </is>
       </c>
       <c r="C246" t="inlineStr"/>
       <c r="D246" t="inlineStr"/>
       <c r="E246" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F246" t="inlineStr">
         <is>
-          <t>.General.Boost</t>
+          <t>.Boxes.Productions.AMPMTime</t>
         </is>
       </c>
       <c r="G246" t="inlineStr"/>
       <c r="H246" t="inlineStr"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr"/>
       <c r="B247" t="inlineStr">
         <is>
-          <t>Item Sources</t>
+          <t>Relative time</t>
         </is>
       </c>
       <c r="C247" t="inlineStr"/>
       <c r="D247" t="inlineStr"/>
       <c r="E247" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F247" t="inlineStr">
         <is>
-          <t>.Boxes.ItemSources.Title</t>
+          <t>.Boxes.Productions.RelativeTime</t>
         </is>
       </c>
       <c r="G247" t="inlineStr"/>
       <c r="H247" t="inlineStr"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr"/>
       <c r="B248" t="inlineStr">
         <is>
-          <t>Actions</t>
+          <t>24 hour clock</t>
         </is>
       </c>
       <c r="C248" t="inlineStr"/>
       <c r="D248" t="inlineStr"/>
       <c r="E248" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F248" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Actions</t>
+          <t>.Boxes.Productions.Time24</t>
         </is>
       </c>
       <c r="G248" t="inlineStr"/>
       <c r="H248" t="inlineStr"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr"/>
       <c r="B249" t="inlineStr">
         <is>
-          <t>Progress</t>
+          <t>Boost</t>
         </is>
       </c>
       <c r="C249" t="inlineStr"/>
       <c r="D249" t="inlineStr"/>
       <c r="E249" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F249" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Progress</t>
+          <t>.General.Boost</t>
         </is>
       </c>
       <c r="G249" t="inlineStr"/>
       <c r="H249" t="inlineStr"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr"/>
       <c r="B250" t="inlineStr">
         <is>
-          <t>QI Round</t>
+          <t>Item Sources</t>
         </is>
       </c>
       <c r="C250" t="inlineStr"/>
       <c r="D250" t="inlineStr"/>
       <c r="E250" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F250" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.QiRound</t>
+          <t>.Boxes.ItemSources.Title</t>
         </is>
       </c>
       <c r="G250" t="inlineStr"/>
       <c r="H250" t="inlineStr"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr"/>
       <c r="B251" t="inlineStr">
         <is>
-          <t>Show progress filter</t>
+          <t>Actions</t>
         </is>
       </c>
       <c r="C251" t="inlineStr"/>
       <c r="D251" t="inlineStr"/>
       <c r="E251" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F251" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowProgressFilter</t>
+          <t>.Boxes.QiProgress.Actions</t>
         </is>
       </c>
       <c r="G251" t="inlineStr"/>
       <c r="H251" t="inlineStr"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr"/>
       <c r="B252" t="inlineStr">
         <is>
-          <t>Show QI round selector</t>
+          <t>Progress</t>
         </is>
       </c>
       <c r="C252" t="inlineStr"/>
       <c r="D252" t="inlineStr"/>
       <c r="E252" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F252" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowRoundSelector</t>
+          <t>.Boxes.QiProgress.Progress</t>
         </is>
       </c>
       <c r="G252" t="inlineStr"/>
       <c r="H252" t="inlineStr"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr"/>
       <c r="B253" t="inlineStr">
         <is>
-          <t>QI Snapshot Log</t>
+          <t>QI Round</t>
         </is>
       </c>
       <c r="C253" t="inlineStr"/>
       <c r="D253" t="inlineStr"/>
       <c r="E253" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F253" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapshotLog</t>
+          <t>.Boxes.QiProgress.QiRound</t>
         </is>
       </c>
       <c r="G253" t="inlineStr"/>
       <c r="H253" t="inlineStr"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr"/>
       <c r="B254" t="inlineStr">
         <is>
-          <t>QI Overview</t>
+          <t>Show progress filter</t>
         </is>
       </c>
       <c r="C254" t="inlineStr"/>
       <c r="D254" t="inlineStr"/>
       <c r="E254" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F254" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Title</t>
+          <t>.Boxes.QiProgress.ShowProgressFilter</t>
         </is>
       </c>
       <c r="G254" t="inlineStr"/>
       <c r="H254" t="inlineStr"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr"/>
       <c r="B255" t="inlineStr">
         <is>
-          <t>Reconstruction Size List</t>
+          <t>Show QI round selector</t>
         </is>
       </c>
       <c r="C255" t="inlineStr"/>
       <c r="D255" t="inlineStr"/>
       <c r="E255" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F255" t="inlineStr">
         <is>
-          <t>.Boxes.ReconstructionList.Title</t>
+          <t>.Boxes.QiProgress.ShowRoundSelector</t>
         </is>
       </c>
       <c r="G255" t="inlineStr"/>
       <c r="H255" t="inlineStr"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr"/>
       <c r="B256" t="inlineStr">
         <is>
-          <t>after</t>
+          <t>QI Snapshot Log</t>
         </is>
       </c>
       <c r="C256" t="inlineStr"/>
       <c r="D256" t="inlineStr"/>
       <c r="E256" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F256" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.after</t>
+          <t>.Boxes.QiProgress.SnapshotLog</t>
         </is>
       </c>
       <c r="G256" t="inlineStr"/>
       <c r="H256" t="inlineStr"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr"/>
       <c r="B257" t="inlineStr">
         <is>
-          <t>when</t>
+          <t>QI Overview</t>
         </is>
       </c>
       <c r="C257" t="inlineStr"/>
       <c r="D257" t="inlineStr"/>
       <c r="E257" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F257" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.when</t>
+          <t>.Boxes.QiProgress.Title</t>
         </is>
       </c>
       <c r="G257" t="inlineStr"/>
       <c r="H257" t="inlineStr"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr"/>
       <c r="B258" t="inlineStr">
         <is>
-          <t>can be polished</t>
+          <t>Reconstruction Size List</t>
         </is>
       </c>
       <c r="C258" t="inlineStr"/>
       <c r="D258" t="inlineStr"/>
       <c r="E258" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F258" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canPolish</t>
+          <t>.Boxes.ReconstructionList.Title</t>
         </is>
       </c>
       <c r="G258" t="inlineStr"/>
       <c r="H258" t="inlineStr"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr"/>
       <c r="B259" t="inlineStr">
         <is>
-          <t>can be motivated</t>
+          <t>after</t>
         </is>
       </c>
       <c r="C259" t="inlineStr"/>
       <c r="D259" t="inlineStr"/>
       <c r="E259" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F259" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canMotivate</t>
+          <t>.Boxes.Tooltip.Building.after</t>
         </is>
       </c>
       <c r="G259" t="inlineStr"/>
       <c r="H259" t="inlineStr"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr"/>
       <c r="B260" t="inlineStr">
         <is>
-          <t>Add unique inhabitant</t>
+          <t>when</t>
         </is>
       </c>
       <c r="C260" t="inlineStr"/>
       <c r="D260" t="inlineStr"/>
       <c r="E260" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F260" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.addInhabitant</t>
+          <t>.Boxes.Tooltip.Building.when</t>
         </is>
       </c>
       <c r="G260" t="inlineStr"/>
       <c r="H260" t="inlineStr"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr"/>
       <c r="B261" t="inlineStr">
         <is>
-          <t>Historical Ally Rooms</t>
+          <t>can be polished</t>
         </is>
       </c>
       <c r="C261" t="inlineStr"/>
       <c r="D261" t="inlineStr"/>
       <c r="E261" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F261" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.allyRooms</t>
+          <t>.Boxes.Tooltip.Building.canPolish</t>
         </is>
       </c>
       <c r="G261" t="inlineStr"/>
       <c r="H261" t="inlineStr"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr"/>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Provides</t>
+          <t>can be motivated</t>
         </is>
       </c>
       <c r="C262" t="inlineStr"/>
       <c r="D262" t="inlineStr"/>
       <c r="E262" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F262" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.provides</t>
+          <t>.Boxes.Tooltip.Building.canMotivate</t>
         </is>
       </c>
       <c r="G262" t="inlineStr"/>
       <c r="H262" t="inlineStr"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr"/>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Produces</t>
+          <t>Add unique inhabitant</t>
         </is>
       </c>
       <c r="C263" t="inlineStr"/>
       <c r="D263" t="inlineStr"/>
       <c r="E263" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F263" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.produces</t>
+          <t>.Boxes.Tooltip.Building.addInhabitant</t>
         </is>
       </c>
       <c r="G263" t="inlineStr"/>
       <c r="H263" t="inlineStr"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr"/>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Historical Ally Rooms</t>
         </is>
       </c>
       <c r="C264" t="inlineStr"/>
       <c r="D264" t="inlineStr"/>
       <c r="E264" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F264" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.costs</t>
+          <t>.Boxes.Tooltip.Building.allyRooms</t>
         </is>
       </c>
       <c r="G264" t="inlineStr"/>
       <c r="H264" t="inlineStr"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr"/>
       <c r="B265" t="inlineStr">
         <is>
-          <t>road required</t>
+          <t>Provides</t>
         </is>
       </c>
       <c r="C265" t="inlineStr"/>
       <c r="D265" t="inlineStr"/>
       <c r="E265" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F265" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road</t>
+          <t>.Boxes.Tooltip.Building.provides</t>
         </is>
       </c>
       <c r="G265" t="inlineStr"/>
       <c r="H265" t="inlineStr"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr"/>
       <c r="B266" t="inlineStr">
         <is>
-          <t>2-lane road required</t>
+          <t>Produces</t>
         </is>
       </c>
       <c r="C266" t="inlineStr"/>
       <c r="D266" t="inlineStr"/>
       <c r="E266" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F266" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road2</t>
+          <t>.Boxes.Tooltip.Building.produces</t>
         </is>
       </c>
       <c r="G266" t="inlineStr"/>
       <c r="H266" t="inlineStr"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr"/>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Traits</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C267" t="inlineStr"/>
       <c r="D267" t="inlineStr"/>
       <c r="E267" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F267" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.traits</t>
+          <t>.Boxes.Tooltip.Building.costs</t>
         </is>
       </c>
       <c r="G267" t="inlineStr"/>
       <c r="H267" t="inlineStr"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr"/>
       <c r="B268" t="inlineStr">
         <is>
-          <t>can not be plundered</t>
+          <t>road required</t>
         </is>
       </c>
       <c r="C268" t="inlineStr"/>
       <c r="D268" t="inlineStr"/>
       <c r="E268" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F268" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.noPlunder</t>
+          <t>.Boxes.Tooltip.Building.road</t>
         </is>
       </c>
       <c r="G268" t="inlineStr"/>
       <c r="H268" t="inlineStr"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr"/>
       <c r="B269" t="inlineStr">
         <is>
-          <t>is affected by life support</t>
+          <t>2-lane road required</t>
         </is>
       </c>
       <c r="C269" t="inlineStr"/>
       <c r="D269" t="inlineStr"/>
       <c r="E269" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F269" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.lifeSupport</t>
+          <t>.Boxes.Tooltip.Building.road2</t>
         </is>
       </c>
       <c r="G269" t="inlineStr"/>
       <c r="H269" t="inlineStr"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr"/>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Size and Building Time</t>
+          <t>Traits</t>
         </is>
       </c>
       <c r="C270" t="inlineStr"/>
       <c r="D270" t="inlineStr"/>
       <c r="E270" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F270" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.size+time</t>
+          <t>.Boxes.Tooltip.Building.traits</t>
         </is>
       </c>
       <c r="G270" t="inlineStr"/>
       <c r="H270" t="inlineStr"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr"/>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Date</t>
+          <t>can not be plundered</t>
         </is>
       </c>
       <c r="C271" t="inlineStr"/>
       <c r="D271" t="inlineStr"/>
       <c r="E271" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F271" t="inlineStr">
         <is>
-          <t>.General.Date</t>
+          <t>.Boxes.Tooltip.Building.noPlunder</t>
         </is>
       </c>
       <c r="G271" t="inlineStr"/>
       <c r="H271" t="inlineStr"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr"/>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Items</t>
+          <t>is affected by life support</t>
         </is>
       </c>
       <c r="C272" t="inlineStr"/>
       <c r="D272" t="inlineStr"/>
       <c r="E272" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F272" t="inlineStr">
         <is>
-          <t>.General.Items</t>
+          <t>.Boxes.Tooltip.Building.lifeSupport</t>
         </is>
       </c>
       <c r="G272" t="inlineStr"/>
       <c r="H272" t="inlineStr"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr"/>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>Size and Building Time</t>
         </is>
       </c>
       <c r="C273" t="inlineStr"/>
       <c r="D273" t="inlineStr"/>
       <c r="E273" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F273" t="inlineStr">
         <is>
-          <t>.Settings.Entry.LoadBeta2</t>
+          <t>.Boxes.Tooltip.Building.size+time</t>
         </is>
       </c>
       <c r="G273" t="inlineStr"/>
       <c r="H273" t="inlineStr"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr"/>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Size-list in Reconstruction Mode</t>
+          <t>Date</t>
         </is>
       </c>
       <c r="C274" t="inlineStr"/>
       <c r="D274" t="inlineStr"/>
       <c r="E274" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F274" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowReconstructionList</t>
+          <t>.General.Date</t>
         </is>
       </c>
       <c r="G274" t="inlineStr"/>
       <c r="H274" t="inlineStr"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr"/>
       <c r="B275" t="inlineStr">
         <is>
-          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
+          <t>Items</t>
         </is>
       </c>
       <c r="C275" t="inlineStr"/>
       <c r="D275" t="inlineStr"/>
       <c r="E275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F275" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Desc</t>
+          <t>.General.Items</t>
         </is>
       </c>
       <c r="G275" t="inlineStr"/>
       <c r="H275" t="inlineStr"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr"/>
       <c r="B276" t="inlineStr">
         <is>
           <t>Load current Beta</t>
         </is>
       </c>
       <c r="C276" t="inlineStr"/>
       <c r="D276" t="inlineStr"/>
       <c r="E276" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F276" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Title</t>
+          <t>.Settings.Entry.LoadBeta2</t>
         </is>
       </c>
       <c r="G276" t="inlineStr"/>
       <c r="H276" t="inlineStr"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr"/>
       <c r="B277" t="inlineStr">
         <is>
-          <t>Download Beta Extension</t>
+          <t>Size-list in Reconstruction Mode</t>
         </is>
       </c>
       <c r="C277" t="inlineStr"/>
       <c r="D277" t="inlineStr"/>
       <c r="E277" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F277" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Button</t>
+          <t>.Settings.Entry.ShowReconstructionList</t>
         </is>
       </c>
       <c r="G277" t="inlineStr"/>
       <c r="H277" t="inlineStr"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr"/>
       <c r="B278" t="inlineStr">
         <is>
-          <t>If an incident is displayed to be on a two-lane road, such a road must be built in order to be able to collect the reward!</t>
+          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
         </is>
       </c>
       <c r="C278" t="inlineStr"/>
       <c r="D278" t="inlineStr"/>
       <c r="E278" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F278" t="inlineStr">
         <is>
-          <t>.Boxes.HiddenRewards.twolaneWarning</t>
+          <t>.Settings.LoadBeta2.Desc</t>
         </is>
       </c>
       <c r="G278" t="inlineStr"/>
       <c r="H278" t="inlineStr"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr"/>
       <c r="B279" t="inlineStr">
         <is>
-          <t>Ascendable buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Load current Beta</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr"/>
       <c r="D279" t="inlineStr"/>
       <c r="E279" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F279" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
+          <t>.Settings.LoadBeta2.Title</t>
         </is>
       </c>
       <c r="G279" t="inlineStr"/>
       <c r="H279" t="inlineStr"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr"/>
       <c r="B280" t="inlineStr">
         <is>
-          <t>Decayed buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Download Beta Extension</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr"/>
       <c r="D280" t="inlineStr"/>
       <c r="E280" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F280" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
+          <t>.Settings.LoadBeta2.Button</t>
         </is>
       </c>
       <c r="G280" t="inlineStr"/>
       <c r="H280" t="inlineStr"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr"/>
       <c r="B281" t="inlineStr">
         <is>
-          <t>Switch view</t>
+          <t>If an incident is displayed to be on a two-lane road, such a road must be built in order to be able to collect the reward!</t>
         </is>
       </c>
       <c r="C281" t="inlineStr"/>
       <c r="D281" t="inlineStr"/>
       <c r="E281" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F281" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.Switch</t>
+          <t>.Boxes.HiddenRewards.twolaneWarning</t>
         </is>
       </c>
       <c r="G281" t="inlineStr"/>
       <c r="H281" t="inlineStr"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr"/>
       <c r="B282" t="inlineStr">
         <is>
-          <t>Finish Special Production Fragment</t>
-[...2 lines deleted...]
-      <c r="C282" t="inlineStr"/>
+          <t>Ascendable buildings</t>
+        </is>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>Emelje ki a felemelhető épületeket</t>
+        </is>
+      </c>
       <c r="D282" t="inlineStr"/>
       <c r="E282" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F282" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FSP</t>
+          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
         </is>
       </c>
       <c r="G282" t="inlineStr"/>
       <c r="H282" t="inlineStr"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr"/>
       <c r="B283" t="inlineStr">
         <is>
-          <t>Reset to default</t>
-[...2 lines deleted...]
-      <c r="C283" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>Jelölje ki az elpusztult épületeket</t>
+        </is>
+      </c>
       <c r="D283" t="inlineStr"/>
       <c r="E283" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F283" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Reset</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G283" t="inlineStr"/>
       <c r="H283" t="inlineStr"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr"/>
       <c r="B284" t="inlineStr">
         <is>
-          <t>Confirm Reset?</t>
+          <t>Switch view</t>
         </is>
       </c>
       <c r="C284" t="inlineStr"/>
       <c r="D284" t="inlineStr"/>
       <c r="E284" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F284" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ConfirmReset</t>
+          <t>.Boxes.GuildFights.Switch</t>
         </is>
       </c>
       <c r="G284" t="inlineStr"/>
       <c r="H284" t="inlineStr"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr"/>
       <c r="B285" t="inlineStr">
         <is>
-          <t>Repeat Building Selection</t>
+          <t>Finish Special Production Fragment</t>
         </is>
       </c>
       <c r="C285" t="inlineStr"/>
       <c r="D285" t="inlineStr"/>
       <c r="E285" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F285" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RepeatSelectBuilding</t>
+          <t>.Boxes.Productions.FSP</t>
         </is>
       </c>
       <c r="G285" t="inlineStr"/>
       <c r="H285" t="inlineStr"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr"/>
       <c r="B286" t="inlineStr">
         <is>
-          <t>Repeat last Building Selection</t>
+          <t>Reset to default</t>
         </is>
       </c>
       <c r="C286" t="inlineStr"/>
       <c r="D286" t="inlineStr"/>
       <c r="E286" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F286" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Title</t>
+          <t>.Boxes.ProductionsRating.Reset</t>
         </is>
       </c>
       <c r="G286" t="inlineStr"/>
       <c r="H286" t="inlineStr"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr"/>
       <c r="B287" t="inlineStr">
         <is>
-          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
+          <t>Confirm Reset?</t>
         </is>
       </c>
       <c r="C287" t="inlineStr"/>
       <c r="D287" t="inlineStr"/>
       <c r="E287" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F287" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Desc</t>
+          <t>.Boxes.ProductionsRating.ConfirmReset</t>
         </is>
       </c>
       <c r="G287" t="inlineStr"/>
       <c r="H287" t="inlineStr"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr"/>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>Repeat Building Selection</t>
         </is>
       </c>
       <c r="C288" t="inlineStr"/>
       <c r="D288" t="inlineStr"/>
       <c r="E288" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F288" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Title</t>
+          <t>.Settings.Entry.RepeatSelectBuilding</t>
         </is>
       </c>
       <c r="G288" t="inlineStr"/>
       <c r="H288" t="inlineStr"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr"/>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Building</t>
+          <t>Repeat last Building Selection</t>
         </is>
       </c>
       <c r="C289" t="inlineStr"/>
       <c r="D289" t="inlineStr"/>
       <c r="E289" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F289" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Building</t>
+          <t>.Settings.RepeatSelectBuilding.Title</t>
         </is>
       </c>
       <c r="G289" t="inlineStr"/>
       <c r="H289" t="inlineStr"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr"/>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Ally</t>
+          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
         </is>
       </c>
       <c r="C290" t="inlineStr"/>
       <c r="D290" t="inlineStr"/>
       <c r="E290" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F290" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Ally</t>
+          <t>.Settings.RepeatSelectBuilding.Desc</t>
         </is>
       </c>
       <c r="G290" t="inlineStr"/>
       <c r="H290" t="inlineStr"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr"/>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Bonuses</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C291" t="inlineStr"/>
       <c r="D291" t="inlineStr"/>
       <c r="E291" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F291" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.Boosts</t>
+          <t>.Boxes.AllyList.Title</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
-          <t>All rarities</t>
+          <t>Building</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.All</t>
+          <t>.Boxes.AllyList.Building</t>
         </is>
       </c>
       <c r="G292" t="inlineStr"/>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Are you sure you want to delete this?</t>
+          <t>Ally</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
-          <t>.Boxes.Notice.ConfirmDelete</t>
+          <t>.Boxes.AllyList.Ally</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr"/>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Battle Boosts</t>
+          <t>Bonuses</t>
         </is>
       </c>
       <c r="C294" t="inlineStr"/>
       <c r="D294" t="inlineStr"/>
       <c r="E294" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F294" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.BattleBoosts</t>
+          <t>.Boxes.AllyList.Boosts</t>
         </is>
       </c>
       <c r="G294" t="inlineStr"/>
       <c r="H294" t="inlineStr"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr"/>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Daily Production</t>
+          <t>All rarities</t>
         </is>
       </c>
       <c r="C295" t="inlineStr"/>
       <c r="D295" t="inlineStr"/>
       <c r="E295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F295" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DailyProduction</t>
+          <t>.Boxes.AllyList.All</t>
         </is>
       </c>
       <c r="G295" t="inlineStr"/>
       <c r="H295" t="inlineStr"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr"/>
       <c r="B296" t="inlineStr">
         <is>
-          <t>started playing __number__ days ago</t>
+          <t>Are you sure you want to delete this?</t>
         </is>
       </c>
       <c r="C296" t="inlineStr"/>
       <c r="D296" t="inlineStr"/>
       <c r="E296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F296" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DaysPlayed</t>
+          <t>.Boxes.Notice.ConfirmDelete</t>
         </is>
       </c>
       <c r="G296" t="inlineStr"/>
       <c r="H296" t="inlineStr"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr"/>
       <c r="B297" t="inlineStr">
         <is>
-          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
+          <t>Battle Boosts</t>
         </is>
       </c>
       <c r="C297" t="inlineStr"/>
       <c r="D297" t="inlineStr"/>
       <c r="E297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F297" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OpenProduction</t>
+          <t>.Boxes.PlayerProfile.BattleBoosts</t>
         </is>
       </c>
       <c r="G297" t="inlineStr"/>
       <c r="H297" t="inlineStr"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr"/>
       <c r="B298" t="inlineStr">
         <is>
-          <t>QI Boosts</t>
+          <t>Daily Production</t>
         </is>
       </c>
       <c r="C298" t="inlineStr"/>
       <c r="D298" t="inlineStr"/>
       <c r="E298" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F298" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.QIBoosts</t>
+          <t>.Boxes.PlayerProfile.DailyProduction</t>
         </is>
       </c>
       <c r="G298" t="inlineStr"/>
       <c r="H298" t="inlineStr"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr"/>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Settlement Playthroughs</t>
+          <t>started playing __number__ days ago</t>
         </is>
       </c>
       <c r="C299" t="inlineStr"/>
       <c r="D299" t="inlineStr"/>
       <c r="E299" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F299" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Settlements</t>
+          <t>.Boxes.PlayerProfile.DaysPlayed</t>
         </is>
       </c>
       <c r="G299" t="inlineStr"/>
       <c r="H299" t="inlineStr"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr"/>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Open Profile Summary</t>
+          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
         </is>
       </c>
       <c r="C300" t="inlineStr"/>
       <c r="D300" t="inlineStr"/>
       <c r="E300" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F300" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Tooltip</t>
+          <t>.Boxes.PlayerProfile.OpenProduction</t>
         </is>
       </c>
       <c r="G300" t="inlineStr"/>
       <c r="H300" t="inlineStr"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr"/>
       <c r="B301" t="inlineStr">
         <is>
-          <t>Minimum Score</t>
+          <t>QI Boosts</t>
         </is>
       </c>
       <c r="C301" t="inlineStr"/>
       <c r="D301" t="inlineStr"/>
       <c r="E301" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F301" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
+          <t>.Boxes.PlayerProfile.QIBoosts</t>
         </is>
       </c>
       <c r="G301" t="inlineStr"/>
       <c r="H301" t="inlineStr"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr"/>
       <c r="B302" t="inlineStr">
         <is>
-          <t>This building is in your inventory</t>
+          <t>Settlement Playthroughs</t>
         </is>
       </c>
       <c r="C302" t="inlineStr"/>
       <c r="D302" t="inlineStr"/>
       <c r="E302" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F302" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
+          <t>.Boxes.PlayerProfile.Settlements</t>
         </is>
       </c>
       <c r="G302" t="inlineStr"/>
       <c r="H302" t="inlineStr"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr"/>
       <c r="B303" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>Open Profile Summary</t>
         </is>
       </c>
       <c r="C303" t="inlineStr"/>
       <c r="D303" t="inlineStr"/>
       <c r="E303" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F303" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
+          <t>.Boxes.PlayerProfile.Tooltip</t>
         </is>
       </c>
       <c r="G303" t="inlineStr"/>
       <c r="H303" t="inlineStr"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr"/>
       <c r="B304" t="inlineStr">
         <is>
-          <t>Gain per hour:</t>
+          <t>Minimum Score</t>
         </is>
       </c>
       <c r="C304" t="inlineStr"/>
       <c r="D304" t="inlineStr"/>
       <c r="E304" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F304" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Rate</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
         </is>
       </c>
       <c r="G304" t="inlineStr"/>
       <c r="H304" t="inlineStr"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr"/>
       <c r="B305" t="inlineStr">
         <is>
-          <t>Visit the settlement to correct the value</t>
+          <t>This building is in your inventory</t>
         </is>
       </c>
       <c r="C305" t="inlineStr"/>
       <c r="D305" t="inlineStr"/>
       <c r="E305" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F305" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Warning</t>
+          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
         </is>
       </c>
       <c r="G305" t="inlineStr"/>
       <c r="H305" t="inlineStr"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr"/>
       <c r="B306" t="inlineStr">
         <is>
-          <t>Bar full:</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C306" t="inlineStr"/>
       <c r="D306" t="inlineStr"/>
       <c r="E306" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F306" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.FullAt</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
         </is>
       </c>
       <c r="G306" t="inlineStr"/>
       <c r="H306" t="inlineStr"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr"/>
       <c r="B307" t="inlineStr">
         <is>
-          <t>Unique Building</t>
+          <t>Gain per hour:</t>
         </is>
       </c>
       <c r="C307" t="inlineStr"/>
       <c r="D307" t="inlineStr"/>
       <c r="E307" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F307" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.isUnique</t>
+          <t>.Boxes.QIActions.Rate</t>
         </is>
       </c>
       <c r="G307" t="inlineStr"/>
       <c r="H307" t="inlineStr"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr"/>
       <c r="B308" t="inlineStr">
         <is>
-          <t>New FoE Helper Version installed</t>
+          <t>Visit the settlement to correct the value</t>
         </is>
       </c>
       <c r="C308" t="inlineStr"/>
       <c r="D308" t="inlineStr"/>
       <c r="E308" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F308" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Title</t>
+          <t>.Boxes.QIActions.Warning</t>
         </is>
       </c>
       <c r="G308" t="inlineStr"/>
       <c r="H308" t="inlineStr"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr"/>
       <c r="B309" t="inlineStr">
         <is>
-          <t>Click here to see the changes:</t>
+          <t>Bar full:</t>
         </is>
       </c>
       <c r="C309" t="inlineStr"/>
       <c r="D309" t="inlineStr"/>
       <c r="E309" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F309" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Desc</t>
+          <t>.Boxes.QIActions.FullAt</t>
         </is>
       </c>
       <c r="G309" t="inlineStr"/>
       <c r="H309" t="inlineStr"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr"/>
       <c r="B310" t="inlineStr">
         <is>
-          <t>GBG Player list</t>
+          <t>Unique Building</t>
         </is>
       </c>
       <c r="C310" t="inlineStr"/>
       <c r="D310" t="inlineStr"/>
       <c r="E310" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F310" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
+          <t>.Boxes.Tooltip.Building.isUnique</t>
         </is>
       </c>
       <c r="G310" t="inlineStr"/>
       <c r="H310" t="inlineStr"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr"/>
       <c r="B311" t="inlineStr">
         <is>
-          <t>QI Player list</t>
+          <t>New FoE Helper Version installed</t>
         </is>
       </c>
       <c r="C311" t="inlineStr"/>
       <c r="D311" t="inlineStr"/>
       <c r="E311" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F311" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowQIPlayerInfo</t>
+          <t>.Menu.NewVersion.Title</t>
         </is>
       </c>
       <c r="G311" t="inlineStr"/>
       <c r="H311" t="inlineStr"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr"/>
       <c r="B312" t="inlineStr">
         <is>
-          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
+          <t>Click here to see the changes:</t>
         </is>
       </c>
       <c r="C312" t="inlineStr"/>
       <c r="D312" t="inlineStr"/>
       <c r="E312" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F312" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
+          <t>.Menu.NewVersion.Desc</t>
         </is>
       </c>
       <c r="G312" t="inlineStr"/>
       <c r="H312" t="inlineStr"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr"/>
       <c r="B313" t="inlineStr">
         <is>
-          <t>GBG Player Pop Up</t>
+          <t>GBG Player list</t>
         </is>
       </c>
       <c r="C313" t="inlineStr"/>
       <c r="D313" t="inlineStr"/>
       <c r="E313" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F313" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Title</t>
+          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
         </is>
       </c>
       <c r="G313" t="inlineStr"/>
       <c r="H313" t="inlineStr"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr"/>
       <c r="B314" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>QI Player list</t>
         </is>
       </c>
       <c r="C314" t="inlineStr"/>
       <c r="D314" t="inlineStr"/>
       <c r="E314" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F314" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGRewards</t>
+          <t>.Settings.Entry.ShowQIPlayerInfo</t>
         </is>
       </c>
       <c r="G314" t="inlineStr"/>
       <c r="H314" t="inlineStr"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr"/>
       <c r="B315" t="inlineStr">
         <is>
-          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
+          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
         </is>
       </c>
       <c r="C315" t="inlineStr"/>
       <c r="D315" t="inlineStr"/>
       <c r="E315" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F315" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Desc</t>
+          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G315" t="inlineStr"/>
       <c r="H315" t="inlineStr"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr"/>
       <c r="B316" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>GBG Player Pop Up</t>
         </is>
       </c>
       <c r="C316" t="inlineStr"/>
       <c r="D316" t="inlineStr"/>
       <c r="E316" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F316" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Title</t>
+          <t>.Settings.ShowGBGPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G316" t="inlineStr"/>
       <c r="H316" t="inlineStr"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr"/>
       <c r="B317" t="inlineStr">
         <is>
-          <t>Hide most details</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C317" t="inlineStr"/>
       <c r="D317" t="inlineStr"/>
       <c r="E317" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F317" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMinView.Desc</t>
+          <t>.Settings.Entry.ShowGBGRewards</t>
         </is>
       </c>
       <c r="G317" t="inlineStr"/>
       <c r="H317" t="inlineStr"/>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr"/>
       <c r="B318" t="inlineStr">
         <is>
-          <t>Open automatically</t>
+          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
         </is>
       </c>
       <c r="C318" t="inlineStr"/>
       <c r="D318" t="inlineStr"/>
       <c r="E318" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F318" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
+          <t>.Settings.ShowGBGRewards.Desc</t>
         </is>
       </c>
       <c r="G318" t="inlineStr"/>
       <c r="H318" t="inlineStr"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr"/>
       <c r="B319" t="inlineStr">
         <is>
-          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C319" t="inlineStr"/>
       <c r="D319" t="inlineStr"/>
       <c r="E319" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F319" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Desc</t>
+          <t>.Settings.ShowGBGRewards.Title</t>
         </is>
       </c>
       <c r="G319" t="inlineStr"/>
       <c r="H319" t="inlineStr"/>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr"/>
       <c r="B320" t="inlineStr">
         <is>
-          <t>QI Player Pop Up</t>
+          <t>Hide most details</t>
         </is>
       </c>
       <c r="C320" t="inlineStr"/>
       <c r="D320" t="inlineStr"/>
       <c r="E320" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F320" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Title</t>
+          <t>.Settings.ShowOwnPartMinView.Desc</t>
         </is>
       </c>
       <c r="G320" t="inlineStr"/>
       <c r="H320" t="inlineStr"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr"/>
       <c r="B321" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>Open automatically</t>
         </is>
       </c>
       <c r="C321" t="inlineStr"/>
       <c r="D321" t="inlineStr"/>
       <c r="E321" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F321" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowAllyList</t>
+          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
         </is>
       </c>
       <c r="G321" t="inlineStr"/>
       <c r="H321" t="inlineStr"/>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr"/>
       <c r="B322" t="inlineStr">
         <is>
-          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
+          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
         </is>
       </c>
       <c r="C322" t="inlineStr"/>
       <c r="D322" t="inlineStr"/>
       <c r="E322" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F322" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Desc</t>
+          <t>.Settings.ShowQIPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G322" t="inlineStr"/>
       <c r="H322" t="inlineStr"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr"/>
       <c r="B323" t="inlineStr">
         <is>
-          <t>Open Ally Overview</t>
+          <t>QI Player Pop Up</t>
         </is>
       </c>
       <c r="C323" t="inlineStr"/>
       <c r="D323" t="inlineStr"/>
       <c r="E323" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F323" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Title</t>
+          <t>.Settings.ShowQIPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G323" t="inlineStr"/>
       <c r="H323" t="inlineStr"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr"/>
       <c r="B324" t="inlineStr">
         <is>
-          <t>Action Points</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C324" t="inlineStr"/>
       <c r="D324" t="inlineStr"/>
       <c r="E324" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F324" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_action_points_collection</t>
+          <t>.Settings.Entry.ShowAllyList</t>
         </is>
       </c>
       <c r="G324" t="inlineStr"/>
       <c r="H324" t="inlineStr"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr"/>
       <c r="B325" t="inlineStr">
         <is>
-          <t>Coin boosts</t>
+          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
         </is>
       </c>
       <c r="C325" t="inlineStr"/>
       <c r="D325" t="inlineStr"/>
       <c r="E325" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F325" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_coins_production</t>
+          <t>.Settings.ShowAllyList.Desc</t>
         </is>
       </c>
       <c r="G325" t="inlineStr"/>
       <c r="H325" t="inlineStr"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr"/>
       <c r="B326" t="inlineStr">
         <is>
-          <t>Start coins</t>
+          <t>Open Ally Overview</t>
         </is>
       </c>
       <c r="C326" t="inlineStr"/>
       <c r="D326" t="inlineStr"/>
       <c r="E326" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F326" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_coins_start</t>
+          <t>.Settings.ShowAllyList.Title</t>
         </is>
       </c>
       <c r="G326" t="inlineStr"/>
       <c r="H326" t="inlineStr"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr"/>
       <c r="B327" t="inlineStr">
         <is>
-          <t>Start goods</t>
+          <t>Action Points</t>
         </is>
       </c>
       <c r="C327" t="inlineStr"/>
       <c r="D327" t="inlineStr"/>
       <c r="E327" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F327" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_goods_start</t>
+          <t>.Boxes.BoostList.guild_raids_action_points_collection</t>
         </is>
       </c>
       <c r="G327" t="inlineStr"/>
       <c r="H327" t="inlineStr"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr"/>
       <c r="B328" t="inlineStr">
         <is>
-          <t>Supply boosts</t>
+          <t>Coin boosts</t>
         </is>
       </c>
       <c r="C328" t="inlineStr"/>
       <c r="D328" t="inlineStr"/>
       <c r="E328" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F328" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_supplies_production</t>
+          <t>.Boxes.BoostList.guild_raids_coins_production</t>
         </is>
       </c>
       <c r="G328" t="inlineStr"/>
       <c r="H328" t="inlineStr"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr"/>
       <c r="B329" t="inlineStr">
         <is>
-          <t>Start supplies</t>
+          <t>Start coins</t>
         </is>
       </c>
       <c r="C329" t="inlineStr"/>
       <c r="D329" t="inlineStr"/>
       <c r="E329" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F329" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_supplies_start</t>
+          <t>.Boxes.BoostList.guild_raids_coins_start</t>
         </is>
       </c>
       <c r="G329" t="inlineStr"/>
       <c r="H329" t="inlineStr"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr"/>
       <c r="B330" t="inlineStr">
         <is>
-          <t>Start units</t>
+          <t>Start goods</t>
         </is>
       </c>
       <c r="C330" t="inlineStr"/>
       <c r="D330" t="inlineStr"/>
       <c r="E330" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F330" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.guild_raids_units_start</t>
+          <t>.Boxes.BoostList.guild_raids_goods_start</t>
         </is>
       </c>
       <c r="G330" t="inlineStr"/>
       <c r="H330" t="inlineStr"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
+          <t>Supply boosts</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.open</t>
+          <t>.Boxes.BoostList.guild_raids_supplies_production</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Start supplies</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.GexTrial</t>
+          <t>.Boxes.BoostList.guild_raids_supplies_start</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Start units</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
       <c r="D333" t="inlineStr"/>
       <c r="E333" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F333" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GexTrial</t>
+          <t>.Boxes.BoostList.guild_raids_units_start</t>
         </is>
       </c>
       <c r="G333" t="inlineStr"/>
       <c r="H333" t="inlineStr"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr"/>
       <c r="B334" t="inlineStr">
         <is>
-          <t>Please continue on your own</t>
+          <t>Boost Sources</t>
         </is>
       </c>
       <c r="C334" t="inlineStr"/>
       <c r="D334" t="inlineStr"/>
       <c r="E334" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F334" t="inlineStr">
         <is>
-          <t>.Boxes.Negotiation.TryContinue</t>
+          <t>.Boxes.BoostList.open</t>
         </is>
       </c>
       <c r="G334" t="inlineStr"/>
       <c r="H334" t="inlineStr"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr"/>
       <c r="B335" t="inlineStr">
         <is>
-          <t>Game Play</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C335" t="inlineStr"/>
       <c r="D335" t="inlineStr"/>
       <c r="E335" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F335" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.GamePlay</t>
+          <t>.Boxes.GexStat.GexTrial</t>
         </is>
       </c>
       <c r="G335" t="inlineStr"/>
       <c r="H335" t="inlineStr"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr"/>
       <c r="B336" t="inlineStr">
         <is>
-          <t>No Settlements finished yet.</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C336" t="inlineStr"/>
       <c r="D336" t="inlineStr"/>
       <c r="E336" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F336" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.NoSettlementsFinished</t>
+          <t>.Boxes.GuildMemberStat.GexTrial</t>
         </is>
       </c>
       <c r="G336" t="inlineStr"/>
       <c r="H336" t="inlineStr"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr"/>
       <c r="B337" t="inlineStr">
         <is>
-          <t>Normalize Values</t>
+          <t>Please continue on your own</t>
         </is>
       </c>
       <c r="C337" t="inlineStr"/>
       <c r="D337" t="inlineStr"/>
       <c r="E337" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F337" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.BtnToggleRenormalize</t>
+          <t>.Boxes.Negotiation.TryContinue</t>
         </is>
       </c>
       <c r="G337" t="inlineStr"/>
       <c r="H337" t="inlineStr"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr"/>
       <c r="B338" t="inlineStr">
         <is>
-          <t>Worst rated buildings</t>
+          <t>Game Play</t>
         </is>
       </c>
       <c r="C338" t="inlineStr"/>
       <c r="D338" t="inlineStr"/>
       <c r="E338" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F338" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowWorstBuildings</t>
+          <t>.Boxes.PlayerProfile.GamePlay</t>
         </is>
       </c>
       <c r="G338" t="inlineStr"/>
       <c r="H338" t="inlineStr"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr"/>
       <c r="B339" t="inlineStr">
         <is>
-          <t>Show on city map</t>
+          <t>No Settlements finished yet.</t>
         </is>
       </c>
       <c r="C339" t="inlineStr"/>
       <c r="D339" t="inlineStr"/>
       <c r="E339" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F339" t="inlineStr">
         <is>
-          <t>.Boxes.General.ShowOnMap</t>
+          <t>.Boxes.PlayerProfile.NoSettlementsFinished</t>
         </is>
       </c>
       <c r="G339" t="inlineStr"/>
       <c r="H339" t="inlineStr"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr"/>
       <c r="B340" t="inlineStr">
         <is>
-          <t>Highest level of this building</t>
+          <t>Normalize Values</t>
         </is>
       </c>
       <c r="C340" t="inlineStr"/>
       <c r="D340" t="inlineStr"/>
       <c r="E340" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F340" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.maxBuilding</t>
+          <t>.Boxes.Stats.BtnToggleRenormalize</t>
         </is>
       </c>
       <c r="G340" t="inlineStr"/>
       <c r="H340" t="inlineStr"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr"/>
       <c r="B341" t="inlineStr">
         <is>
-          <t>Chains</t>
+          <t>Worst rated buildings</t>
         </is>
       </c>
       <c r="C341" t="inlineStr"/>
       <c r="D341" t="inlineStr"/>
       <c r="E341" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F341" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Chains</t>
+          <t>.Boxes.CityMap.ShowWorstBuildings</t>
         </is>
       </c>
       <c r="G341" t="inlineStr"/>
       <c r="H341" t="inlineStr"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr"/>
       <c r="B342" t="inlineStr">
         <is>
-          <t>Sets</t>
+          <t>Show on city map</t>
         </is>
       </c>
       <c r="C342" t="inlineStr"/>
       <c r="D342" t="inlineStr"/>
       <c r="E342" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F342" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Sets</t>
+          <t>.Boxes.General.ShowOnMap</t>
         </is>
       </c>
       <c r="G342" t="inlineStr"/>
       <c r="H342" t="inlineStr"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr"/>
       <c r="B343" t="inlineStr">
         <is>
-          <t>Only show inventory buildings with a rating equal or higher than x</t>
+          <t>Highest level of this building</t>
         </is>
       </c>
       <c r="C343" t="inlineStr"/>
       <c r="D343" t="inlineStr"/>
       <c r="E343" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F343" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
+          <t>.Boxes.Kits.maxBuilding</t>
         </is>
       </c>
       <c r="G343" t="inlineStr"/>
       <c r="H343" t="inlineStr"/>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr"/>
       <c r="B344" t="inlineStr">
         <is>
-          <t>Add buildings from your inventory to the list</t>
+          <t>Chains</t>
         </is>
       </c>
       <c r="C344" t="inlineStr"/>
       <c r="D344" t="inlineStr"/>
       <c r="E344" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F344" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
+          <t>.Boxes.Kits.Chains</t>
         </is>
       </c>
       <c r="G344" t="inlineStr"/>
       <c r="H344" t="inlineStr"/>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr"/>
       <c r="B345" t="inlineStr">
         <is>
-          <t>Following combinations are possible</t>
+          <t>Sets</t>
         </is>
       </c>
       <c r="C345" t="inlineStr"/>
       <c r="D345" t="inlineStr"/>
       <c r="E345" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F345" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Efficiency.description</t>
+          <t>.Boxes.Kits.Sets</t>
         </is>
       </c>
       <c r="G345" t="inlineStr"/>
       <c r="H345" t="inlineStr"/>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr"/>
       <c r="B346" t="inlineStr">
         <is>
-          <t>Quantum Incursions</t>
+          <t>Only show inventory buildings with a rating equal or higher than x</t>
         </is>
       </c>
       <c r="C346" t="inlineStr"/>
       <c r="D346" t="inlineStr"/>
       <c r="E346" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F346" t="inlineStr">
         <is>
-          <t>.Boxes.General.Quantum_Incursion</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
         </is>
       </c>
       <c r="G346" t="inlineStr"/>
       <c r="H346" t="inlineStr"/>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr"/>
       <c r="B347" t="inlineStr">
         <is>
-          <t>Help</t>
+          <t>Add buildings from your inventory to the list</t>
         </is>
       </c>
       <c r="C347" t="inlineStr"/>
       <c r="D347" t="inlineStr"/>
       <c r="E347" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F347" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ExplainerHead</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
         </is>
       </c>
       <c r="G347" t="inlineStr"/>
       <c r="H347" t="inlineStr"/>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr"/>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Best</t>
+          <t>Following combinations are possible</t>
         </is>
       </c>
       <c r="C348" t="inlineStr"/>
       <c r="D348" t="inlineStr"/>
       <c r="E348" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F348" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Best</t>
+          <t>.Boxes.Tooltip.Efficiency.description</t>
         </is>
       </c>
       <c r="G348" t="inlineStr"/>
       <c r="H348" t="inlineStr"/>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr"/>
       <c r="B349" t="inlineStr">
         <is>
-          <t>Top 5</t>
+          <t>Quantum Incursions</t>
         </is>
       </c>
       <c r="C349" t="inlineStr"/>
       <c r="D349" t="inlineStr"/>
       <c r="E349" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F349" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Fifth</t>
+          <t>.Boxes.General.Quantum_Incursion</t>
         </is>
       </c>
       <c r="G349" t="inlineStr"/>
       <c r="H349" t="inlineStr"/>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr"/>
       <c r="B350" t="inlineStr">
         <is>
-          <t>Top 10%</t>
+          <t>Help</t>
         </is>
       </c>
       <c r="C350" t="inlineStr"/>
       <c r="D350" t="inlineStr"/>
       <c r="E350" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F350" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.top10percent</t>
+          <t>.Boxes.ProductionsRating.ExplainerHead</t>
         </is>
       </c>
       <c r="G350" t="inlineStr"/>
       <c r="H350" t="inlineStr"/>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr"/>
       <c r="B351" t="inlineStr">
         <is>
-          <t>Comparisons from your city</t>
+          <t>Best</t>
         </is>
       </c>
       <c r="C351" t="inlineStr"/>
       <c r="D351" t="inlineStr"/>
       <c r="E351" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F351" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TooltipTitle</t>
+          <t>.Boxes.ProductionsRating.Best</t>
         </is>
       </c>
       <c r="G351" t="inlineStr"/>
       <c r="H351" t="inlineStr"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr"/>
       <c r="B352" t="inlineStr">
         <is>
-          <t>Show FSP Calculator</t>
+          <t>Top 5</t>
         </is>
       </c>
       <c r="C352" t="inlineStr"/>
       <c r="D352" t="inlineStr"/>
       <c r="E352" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F352" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
+          <t>.Boxes.ProductionsRating.Fifth</t>
         </is>
       </c>
       <c r="G352" t="inlineStr"/>
       <c r="H352" t="inlineStr"/>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr"/>
       <c r="B353" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Top 10%</t>
         </is>
       </c>
       <c r="C353" t="inlineStr"/>
       <c r="D353" t="inlineStr"/>
       <c r="E353" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F353" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition</t>
+          <t>.Boxes.ProductionsRating.top10percent</t>
         </is>
       </c>
       <c r="G353" t="inlineStr"/>
       <c r="H353" t="inlineStr"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr"/>
       <c r="B354" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
+          <t>Comparisons from your city</t>
         </is>
       </c>
       <c r="C354" t="inlineStr"/>
       <c r="D354" t="inlineStr"/>
       <c r="E354" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F354" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.Title</t>
+          <t>.Boxes.ProductionsRating.TooltipTitle</t>
         </is>
       </c>
       <c r="G354" t="inlineStr"/>
       <c r="H354" t="inlineStr"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr"/>
       <c r="B355" t="inlineStr">
         <is>
-          <t>Expected activation costs</t>
+          <t>Show FSP Calculator</t>
         </is>
       </c>
       <c r="C355" t="inlineStr"/>
       <c r="D355" t="inlineStr"/>
       <c r="E355" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F355" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.UnlockingCosts</t>
+          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
         </is>
       </c>
       <c r="G355" t="inlineStr"/>
       <c r="H355" t="inlineStr"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr"/>
       <c r="B356" t="inlineStr">
         <is>
-          <t>started playing on __date__</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C356" t="inlineStr"/>
       <c r="D356" t="inlineStr"/>
       <c r="E356" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F356" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DateStarted</t>
+          <t>.Boxes.General.Guild_Expedition</t>
         </is>
       </c>
       <c r="G356" t="inlineStr"/>
       <c r="H356" t="inlineStr"/>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr"/>
       <c r="B357" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/alerts</t>
+          <t>Boost Sources</t>
         </is>
       </c>
       <c r="C357" t="inlineStr"/>
       <c r="D357" t="inlineStr"/>
       <c r="E357" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F357" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.HelpLink</t>
-[...6 lines deleted...]
-      </c>
+          <t>.Boxes.BoostList.Title</t>
+        </is>
+      </c>
+      <c r="G357" t="inlineStr"/>
       <c r="H357" t="inlineStr"/>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr"/>
       <c r="B358" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/ally</t>
+          <t>Expected activation costs</t>
         </is>
       </c>
       <c r="C358" t="inlineStr"/>
       <c r="D358" t="inlineStr"/>
       <c r="E358" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F358" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.HelpLink</t>
+          <t>.Boxes.GexStat.UnlockingCosts</t>
         </is>
       </c>
       <c r="G358" t="inlineStr"/>
       <c r="H358" t="inlineStr"/>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr"/>
       <c r="B359" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
+          <t>started playing on __date__</t>
         </is>
       </c>
       <c r="C359" t="inlineStr"/>
       <c r="D359" t="inlineStr"/>
       <c r="E359" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F359" t="inlineStr">
         <is>
-          <t>.Boxes.BlueGalaxy.HelpLink</t>
+          <t>.Boxes.PlayerProfile.DateStarted</t>
         </is>
       </c>
       <c r="G359" t="inlineStr"/>
       <c r="H359" t="inlineStr"/>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr"/>
       <c r="B360" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/efficiency</t>
+          <t>https://docs.foe-helper.com/english/module/alerts</t>
         </is>
       </c>
       <c r="C360" t="inlineStr"/>
       <c r="D360" t="inlineStr"/>
       <c r="E360" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F360" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.HelpLink</t>
+          <t>.Boxes.Alerts.HelpLink</t>
         </is>
       </c>
       <c r="G360" t="inlineStr"/>
       <c r="H360" t="inlineStr"/>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr"/>
       <c r="B361" t="inlineStr">
         <is>
-          <t>Wiki / Documentation: Feature documentation.</t>
+          <t>https://docs.foe-helper.com/english/module/ally</t>
         </is>
       </c>
       <c r="C361" t="inlineStr"/>
       <c r="D361" t="inlineStr"/>
       <c r="E361" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F361" t="inlineStr">
         <is>
-          <t>.Settings.Help.Documentation</t>
+          <t>.Boxes.AllyList.HelpLink</t>
         </is>
       </c>
       <c r="G361" t="inlineStr"/>
       <c r="H361" t="inlineStr"/>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr"/>
       <c r="B362" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
         </is>
       </c>
       <c r="C362" t="inlineStr"/>
       <c r="D362" t="inlineStr"/>
       <c r="E362" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F362" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.BlueGalaxy.HelpLink</t>
         </is>
       </c>
       <c r="G362" t="inlineStr"/>
       <c r="H362" t="inlineStr"/>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr"/>
       <c r="B363" t="inlineStr">
         <is>
-          <t>Player Profile</t>
+          <t>https://docs.foe-helper.com/english/module/efficiency</t>
         </is>
       </c>
       <c r="C363" t="inlineStr"/>
       <c r="D363" t="inlineStr"/>
       <c r="E363" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F363" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Title</t>
+          <t>.Boxes.ProductionsRating.HelpLink</t>
         </is>
       </c>
       <c r="G363" t="inlineStr"/>
       <c r="H363" t="inlineStr"/>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr"/>
       <c r="B364" t="inlineStr">
         <is>
-          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
+          <t>Wiki / Documentation: Feature documentation.</t>
         </is>
       </c>
       <c r="C364" t="inlineStr"/>
       <c r="D364" t="inlineStr"/>
       <c r="E364" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F364" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Warning</t>
+          <t>.Settings.Help.Documentation</t>
         </is>
       </c>
       <c r="G364" t="inlineStr"/>
       <c r="H364" t="inlineStr"/>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr"/>
       <c r="B365" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C365" t="inlineStr"/>
       <c r="D365" t="inlineStr"/>
       <c r="E365" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F365" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Title</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G365" t="inlineStr"/>
       <c r="H365" t="inlineStr"/>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr"/>
       <c r="B366" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Player Profile</t>
         </is>
       </c>
       <c r="C366" t="inlineStr"/>
       <c r="D366" t="inlineStr"/>
       <c r="E366" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F366" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
+          <t>.Menu.PlayerProfile.Title</t>
         </is>
       </c>
       <c r="G366" t="inlineStr"/>
       <c r="H366" t="inlineStr"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr"/>
       <c r="B367" t="inlineStr">
         <is>
-          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
         </is>
       </c>
       <c r="C367" t="inlineStr"/>
       <c r="D367" t="inlineStr"/>
       <c r="E367" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F367" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperMerge</t>
+          <t>.Menu.PlayerProfile.Warning</t>
         </is>
       </c>
       <c r="G367" t="inlineStr"/>
       <c r="H367" t="inlineStr"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr"/>
       <c r="B368" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C368" t="inlineStr"/>
       <c r="D368" t="inlineStr"/>
       <c r="E368" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F368" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Boxes.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G368" t="inlineStr"/>
       <c r="H368" t="inlineStr"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr"/>
       <c r="B369" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C369" t="inlineStr"/>
       <c r="D369" t="inlineStr"/>
       <c r="E369" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F369" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Settings.Entry.ShowShopAssist</t>
         </is>
       </c>
       <c r="G369" t="inlineStr"/>
       <c r="H369" t="inlineStr"/>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr"/>
       <c r="B370" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
+          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
         </is>
       </c>
       <c r="C370" t="inlineStr"/>
       <c r="D370" t="inlineStr"/>
       <c r="E370" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F370" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Settings.EventHelperMerge</t>
         </is>
       </c>
       <c r="G370" t="inlineStr"/>
       <c r="H370" t="inlineStr"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr"/>
       <c r="B371" t="inlineStr">
         <is>
-          <t>Advanced Settings</t>
+          <t>Present Game (e.g. Winter Event)</t>
         </is>
       </c>
       <c r="C371" t="inlineStr"/>
       <c r="D371" t="inlineStr"/>
       <c r="E371" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F371" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.Advanced</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G371" t="inlineStr"/>
       <c r="H371" t="inlineStr"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr"/>
       <c r="B372" t="inlineStr">
         <is>
-          <t>Enable Event helpers</t>
+          <t>Idle Game (e.g. St. Patricks)</t>
         </is>
       </c>
       <c r="C372" t="inlineStr"/>
       <c r="D372" t="inlineStr"/>
       <c r="E372" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F372" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.All</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G372" t="inlineStr"/>
       <c r="H372" t="inlineStr"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr"/>
       <c r="B373" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Pop Game (e.g. Fall Event)</t>
         </is>
       </c>
       <c r="C373" t="inlineStr"/>
       <c r="D373" t="inlineStr"/>
       <c r="E373" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F373" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G373" t="inlineStr"/>
       <c r="H373" t="inlineStr"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr"/>
       <c r="B374" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
+          <t>Advanced Settings</t>
         </is>
       </c>
       <c r="C374" t="inlineStr"/>
       <c r="D374" t="inlineStr"/>
       <c r="E374" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F374" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Settings.EventHelper.Advanced</t>
         </is>
       </c>
       <c r="G374" t="inlineStr"/>
       <c r="H374" t="inlineStr"/>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr"/>
       <c r="B375" t="inlineStr">
         <is>
-          <t>Item Shop</t>
+          <t>Enable Event helpers</t>
         </is>
       </c>
       <c r="C375" t="inlineStr"/>
       <c r="D375" t="inlineStr"/>
       <c r="E375" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F375" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Shop</t>
+          <t>.Settings.EventHelper.All</t>
         </is>
       </c>
       <c r="G375" t="inlineStr"/>
       <c r="H375" t="inlineStr"/>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr"/>
       <c r="B376" t="inlineStr">
         <is>
-          <t>Can be bought</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C376" t="inlineStr"/>
       <c r="D376" t="inlineStr"/>
       <c r="E376" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F376" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.canBeBought</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G376" t="inlineStr"/>
       <c r="H376" t="inlineStr"/>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr"/>
       <c r="B377" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Opening the Item Shop will open an overview.</t>
         </is>
       </c>
       <c r="C377" t="inlineStr"/>
       <c r="D377" t="inlineStr"/>
       <c r="E377" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F377" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Costs</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G377" t="inlineStr"/>
       <c r="H377" t="inlineStr"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr"/>
       <c r="B378" t="inlineStr">
         <is>
-          <t>Offer</t>
+          <t>Item Shop</t>
         </is>
       </c>
       <c r="C378" t="inlineStr"/>
       <c r="D378" t="inlineStr"/>
       <c r="E378" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F378" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Item</t>
+          <t>.Boxes.ShopAssist.Shop</t>
         </is>
       </c>
       <c r="G378" t="inlineStr"/>
       <c r="H378" t="inlineStr"/>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr"/>
       <c r="B379" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>Can be bought</t>
         </is>
       </c>
       <c r="C379" t="inlineStr"/>
       <c r="D379" t="inlineStr"/>
       <c r="E379" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F379" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Inventory</t>
+          <t>.Boxes.ShopAssist.canBeBought</t>
         </is>
       </c>
       <c r="G379" t="inlineStr"/>
       <c r="H379" t="inlineStr"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr"/>
       <c r="B380" t="inlineStr">
         <is>
-          <t>Single</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C380" t="inlineStr"/>
       <c r="D380" t="inlineStr"/>
       <c r="E380" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F380" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Single</t>
+          <t>.Boxes.ShopAssist.Costs</t>
         </is>
       </c>
       <c r="G380" t="inlineStr"/>
       <c r="H380" t="inlineStr"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr"/>
       <c r="B381" t="inlineStr">
         <is>
-          <t>Missing</t>
+          <t>Offer</t>
         </is>
       </c>
       <c r="C381" t="inlineStr"/>
       <c r="D381" t="inlineStr"/>
       <c r="E381" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F381" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Missing</t>
+          <t>.Boxes.ShopAssist.Item</t>
         </is>
       </c>
       <c r="G381" t="inlineStr"/>
       <c r="H381" t="inlineStr"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr"/>
       <c r="B382" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C382" t="inlineStr"/>
       <c r="D382" t="inlineStr"/>
       <c r="E382" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F382" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.All</t>
+          <t>.Boxes.ShopAssist.Inventory</t>
         </is>
       </c>
       <c r="G382" t="inlineStr"/>
       <c r="H382" t="inlineStr"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr"/>
       <c r="B383" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
+          <t>Single</t>
         </is>
       </c>
       <c r="C383" t="inlineStr"/>
       <c r="D383" t="inlineStr"/>
       <c r="E383" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F383" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Boxes.ShopAssist.Single</t>
         </is>
       </c>
       <c r="G383" t="inlineStr"/>
       <c r="H383" t="inlineStr"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr"/>
       <c r="B384" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
+          <t>Missing</t>
         </is>
       </c>
       <c r="C384" t="inlineStr"/>
       <c r="D384" t="inlineStr"/>
       <c r="E384" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F384" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Boxes.ShopAssist.Missing</t>
         </is>
       </c>
       <c r="G384" t="inlineStr"/>
       <c r="H384" t="inlineStr"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr"/>
       <c r="B385" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>All</t>
         </is>
       </c>
       <c r="C385" t="inlineStr"/>
       <c r="D385" t="inlineStr"/>
       <c r="E385" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F385" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Boxes.ShopAssist.All</t>
         </is>
       </c>
       <c r="G385" t="inlineStr"/>
       <c r="H385" t="inlineStr"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr"/>
       <c r="B386" t="inlineStr">
         <is>
-          <t>Collectable soon: __hours__ hours</t>
+          <t>Only Favorites</t>
         </is>
       </c>
       <c r="C386" t="inlineStr"/>
       <c r="D386" t="inlineStr"/>
       <c r="E386" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F386" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CollectSoon</t>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
         </is>
       </c>
       <c r="G386" t="inlineStr"/>
       <c r="H386" t="inlineStr"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr"/>
       <c r="B387" t="inlineStr">
         <is>
-          <t>Highlight</t>
+          <t>Only Unlocked</t>
         </is>
       </c>
       <c r="C387" t="inlineStr"/>
       <c r="D387" t="inlineStr"/>
       <c r="E387" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F387" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.Highlight</t>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
         </is>
       </c>
       <c r="G387" t="inlineStr"/>
       <c r="H387" t="inlineStr"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr"/>
       <c r="B388" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Disclaimer</t>
         </is>
       </c>
       <c r="C388" t="inlineStr"/>
       <c r="D388" t="inlineStr"/>
       <c r="E388" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F388" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
+          <t>.General.Disclaimer</t>
         </is>
       </c>
       <c r="G388" t="inlineStr"/>
       <c r="H388" t="inlineStr"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr"/>
       <c r="B389" t="inlineStr">
         <is>
-          <t>Hidden Reward</t>
+          <t>Collectable soon: __hours__ hours</t>
         </is>
       </c>
       <c r="C389" t="inlineStr"/>
       <c r="D389" t="inlineStr"/>
       <c r="E389" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F389" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.hidden_reward</t>
+          <t>.Boxes.CityMap.CollectSoon</t>
         </is>
       </c>
       <c r="G389" t="inlineStr"/>
       <c r="H389" t="inlineStr"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr"/>
       <c r="B390" t="inlineStr">
         <is>
-          <t>Item Store</t>
+          <t>Highlight</t>
         </is>
       </c>
       <c r="C390" t="inlineStr"/>
       <c r="D390" t="inlineStr"/>
       <c r="E390" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F390" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.item_store</t>
+          <t>.Boxes.CityMap.Highlight</t>
         </is>
       </c>
       <c r="G390" t="inlineStr"/>
       <c r="H390" t="inlineStr"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr"/>
       <c r="B391" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C391" t="inlineStr"/>
       <c r="D391" t="inlineStr"/>
       <c r="E391" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F391" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.null</t>
+          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
         </is>
       </c>
       <c r="G391" t="inlineStr"/>
       <c r="H391" t="inlineStr"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr"/>
       <c r="B392" t="inlineStr">
         <is>
-          <t>Hide</t>
+          <t>Hidden Reward</t>
         </is>
       </c>
       <c r="C392" t="inlineStr"/>
       <c r="D392" t="inlineStr"/>
       <c r="E392" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F392" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Hide</t>
+          <t>.Boxes.FPCollector.hidden_reward</t>
         </is>
       </c>
       <c r="G392" t="inlineStr"/>
       <c r="H392" t="inlineStr"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr"/>
       <c r="B393" t="inlineStr">
         <is>
-          <t>Show Great Buildings</t>
+          <t>Item Store</t>
         </is>
       </c>
       <c r="C393" t="inlineStr"/>
       <c r="D393" t="inlineStr"/>
       <c r="E393" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F393" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
+          <t>.Boxes.FPCollector.item_store</t>
         </is>
       </c>
       <c r="G393" t="inlineStr"/>
       <c r="H393" t="inlineStr"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr"/>
       <c r="B394" t="inlineStr">
         <is>
-          <t>Show ascended/limited buildings</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C394" t="inlineStr"/>
       <c r="D394" t="inlineStr"/>
       <c r="E394" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F394" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
+          <t>.Boxes.FPCollector.null</t>
         </is>
       </c>
       <c r="G394" t="inlineStr"/>
       <c r="H394" t="inlineStr"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr"/>
       <c r="B395" t="inlineStr">
         <is>
-          <t>per Era</t>
+          <t>Hide</t>
         </is>
       </c>
       <c r="C395" t="inlineStr"/>
       <c r="D395" t="inlineStr"/>
       <c r="E395" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F395" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.perEra</t>
+          <t>.Boxes.ProductionsRating.Hide</t>
         </is>
       </c>
       <c r="G395" t="inlineStr"/>
       <c r="H395" t="inlineStr"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr"/>
       <c r="B396" t="inlineStr">
         <is>
-          <t>Max</t>
+          <t>Show Great Buildings</t>
         </is>
       </c>
       <c r="C396" t="inlineStr"/>
       <c r="D396" t="inlineStr"/>
       <c r="E396" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F396" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Max</t>
+          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
         </is>
       </c>
       <c r="G396" t="inlineStr"/>
       <c r="H396" t="inlineStr"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr"/>
       <c r="B397" t="inlineStr">
         <is>
-          <t>Full</t>
+          <t>Show ascended/limited buildings</t>
         </is>
       </c>
       <c r="C397" t="inlineStr"/>
       <c r="D397" t="inlineStr"/>
       <c r="E397" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F397" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Full</t>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
         </is>
       </c>
       <c r="G397" t="inlineStr"/>
       <c r="H397" t="inlineStr"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr"/>
       <c r="B398" t="inlineStr">
         <is>
-          <t>Overview of all allies and buildings that have room for them.</t>
+          <t>per Era</t>
         </is>
       </c>
       <c r="C398" t="inlineStr"/>
       <c r="D398" t="inlineStr"/>
       <c r="E398" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F398" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Desc</t>
+          <t>.Boxes.Tooltip.Building.perEra</t>
         </is>
       </c>
       <c r="G398" t="inlineStr"/>
       <c r="H398" t="inlineStr"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr"/>
       <c r="B399" t="inlineStr">
         <is>
-          <t>Allies</t>
+          <t>Max</t>
         </is>
       </c>
       <c r="C399" t="inlineStr"/>
       <c r="D399" t="inlineStr"/>
       <c r="E399" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F399" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Title</t>
+          <t>.Boxes.ShopAssist.Max</t>
         </is>
       </c>
       <c r="G399" t="inlineStr"/>
       <c r="H399" t="inlineStr"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr"/>
       <c r="B400" t="inlineStr">
         <is>
-          <t>List of all items in a store</t>
+          <t>Full</t>
         </is>
       </c>
       <c r="C400" t="inlineStr"/>
       <c r="D400" t="inlineStr"/>
       <c r="E400" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F400" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Desc</t>
+          <t>.Boxes.ShopAssist.Full</t>
         </is>
       </c>
       <c r="G400" t="inlineStr"/>
       <c r="H400" t="inlineStr"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr"/>
       <c r="B401" t="inlineStr">
         <is>
-          <t>Please open a shop first</t>
+          <t>Overview of all allies and buildings that have room for them.</t>
         </is>
       </c>
       <c r="C401" t="inlineStr"/>
       <c r="D401" t="inlineStr"/>
       <c r="E401" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F401" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.DescWarning</t>
+          <t>.Menu.Allies.Desc</t>
         </is>
       </c>
       <c r="G401" t="inlineStr"/>
       <c r="H401" t="inlineStr"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr"/>
       <c r="B402" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Allies</t>
         </is>
       </c>
       <c r="C402" t="inlineStr"/>
       <c r="D402" t="inlineStr"/>
       <c r="E402" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F402" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Title</t>
+          <t>.Menu.Allies.Title</t>
         </is>
       </c>
       <c r="G402" t="inlineStr"/>
       <c r="H402" t="inlineStr"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr"/>
       <c r="B403" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>List of all items in a store</t>
         </is>
       </c>
       <c r="C403" t="inlineStr"/>
       <c r="D403" t="inlineStr"/>
       <c r="E403" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F403" t="inlineStr">
         <is>
-          <t>.Settings.Entry.GexStockWarning</t>
+          <t>.Menu.ShopAssist.Desc</t>
         </is>
       </c>
       <c r="G403" t="inlineStr"/>
       <c r="H403" t="inlineStr"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr"/>
       <c r="B404" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>Please open a shop first</t>
         </is>
       </c>
       <c r="C404" t="inlineStr"/>
       <c r="D404" t="inlineStr"/>
       <c r="E404" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F404" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Title</t>
+          <t>.Menu.ShopAssist.DescWarning</t>
         </is>
       </c>
       <c r="G404" t="inlineStr"/>
       <c r="H404" t="inlineStr"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr"/>
       <c r="B405" t="inlineStr">
         <is>
-          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C405" t="inlineStr"/>
       <c r="D405" t="inlineStr"/>
       <c r="E405" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F405" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Desc</t>
+          <t>.Menu.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G405" t="inlineStr"/>
       <c r="H405" t="inlineStr"/>
+    </row>
+    <row r="406">
+      <c r="A406" t="inlineStr"/>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr"/>
+      <c r="D406" t="inlineStr"/>
+      <c r="E406" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F406" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.GexStockWarning</t>
+        </is>
+      </c>
+      <c r="G406" t="inlineStr"/>
+      <c r="H406" t="inlineStr"/>
+    </row>
+    <row r="407">
+      <c r="A407" t="inlineStr"/>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C407" t="inlineStr"/>
+      <c r="D407" t="inlineStr"/>
+      <c r="E407" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F407" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Title</t>
+        </is>
+      </c>
+      <c r="G407" t="inlineStr"/>
+      <c r="H407" t="inlineStr"/>
+    </row>
+    <row r="408">
+      <c r="A408" t="inlineStr"/>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr"/>
+      <c r="D408" t="inlineStr"/>
+      <c r="E408" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F408" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G408" t="inlineStr"/>
+      <c r="H408" t="inlineStr"/>
+    </row>
+    <row r="409">
+      <c r="A409" t="inlineStr"/>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>7d</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr"/>
+      <c r="D409" t="inlineStr"/>
+      <c r="E409" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F409" t="inlineStr">
+        <is>
+          <t>.Boxes.Alerts.Time.7d</t>
+        </is>
+      </c>
+      <c r="G409" t="inlineStr"/>
+      <c r="H409" t="inlineStr"/>
+    </row>
+    <row r="410">
+      <c r="A410" t="inlineStr"/>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>City Grid Score</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr"/>
+      <c r="D410" t="inlineStr"/>
+      <c r="E410" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F410" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScore</t>
+        </is>
+      </c>
+      <c r="G410" t="inlineStr"/>
+      <c r="H410" t="inlineStr"/>
+    </row>
+    <row r="411">
+      <c r="A411" t="inlineStr"/>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr"/>
+      <c r="D411" t="inlineStr"/>
+      <c r="E411" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F411" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
+        </is>
+      </c>
+      <c r="G411" t="inlineStr"/>
+      <c r="H411" t="inlineStr"/>
+    </row>
+    <row r="412">
+      <c r="A412" t="inlineStr"/>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/town</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr"/>
+      <c r="D412" t="inlineStr"/>
+      <c r="E412" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F412" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.HelpLink</t>
+        </is>
+      </c>
+      <c r="G412" t="inlineStr"/>
+      <c r="H412" t="inlineStr"/>
+    </row>
+    <row r="413">
+      <c r="A413" t="inlineStr"/>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>Buildings from GBG</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr"/>
+      <c r="D413" t="inlineStr"/>
+      <c r="E413" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F413" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
+        </is>
+      </c>
+      <c r="G413" t="inlineStr"/>
+      <c r="H413" t="inlineStr"/>
+    </row>
+    <row r="414">
+      <c r="A414" t="inlineStr"/>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>Buildings from QI</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr"/>
+      <c r="D414" t="inlineStr"/>
+      <c r="E414" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F414" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromQI</t>
+        </is>
+      </c>
+      <c r="G414" t="inlineStr"/>
+      <c r="H414" t="inlineStr"/>
+    </row>
+    <row r="415">
+      <c r="A415" t="inlineStr"/>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>Ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr"/>
+      <c r="D415" t="inlineStr"/>
+      <c r="E415" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F415" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.limited</t>
+        </is>
+      </c>
+      <c r="G415" t="inlineStr"/>
+      <c r="H415" t="inlineStr"/>
+    </row>
+    <row r="416">
+      <c r="A416" t="inlineStr"/>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr"/>
+      <c r="D416" t="inlineStr"/>
+      <c r="E416" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F416" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.roadless</t>
+        </is>
+      </c>
+      <c r="G416" t="inlineStr"/>
+      <c r="H416" t="inlineStr"/>
+    </row>
+    <row r="417">
+      <c r="A417" t="inlineStr"/>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr"/>
+      <c r="D417" t="inlineStr"/>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+        </is>
+      </c>
+      <c r="G417" t="inlineStr"/>
+      <c r="H417" t="inlineStr"/>
+    </row>
+    <row r="418">
+      <c r="A418" t="inlineStr"/>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr"/>
+      <c r="D418" t="inlineStr"/>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F418" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Expedition.short</t>
+        </is>
+      </c>
+      <c r="G418" t="inlineStr"/>
+      <c r="H418" t="inlineStr"/>
+    </row>
+    <row r="419">
+      <c r="A419" t="inlineStr"/>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>QI</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr"/>
+      <c r="D419" t="inlineStr"/>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F419" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
+        </is>
+      </c>
+      <c r="G419" t="inlineStr"/>
+      <c r="H419" t="inlineStr"/>
+    </row>
+    <row r="420">
+      <c r="A420" t="inlineStr"/>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>Offset to servertime (minutes)</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr"/>
+      <c r="D420" t="inlineStr"/>
+      <c r="E420" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F420" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.serverOffset</t>
+        </is>
+      </c>
+      <c r="G420" t="inlineStr"/>
+      <c r="H420" t="inlineStr"/>
+    </row>
+    <row r="421">
+      <c r="A421" t="inlineStr"/>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>display times in server time</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr"/>
+      <c r="D421" t="inlineStr"/>
+      <c r="E421" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F421" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
+        </is>
+      </c>
+      <c r="G421" t="inlineStr"/>
+      <c r="H421" t="inlineStr"/>
+    </row>
+    <row r="422">
+      <c r="A422" t="inlineStr"/>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>copy attack colors</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr"/>
+      <c r="D422" t="inlineStr"/>
+      <c r="E422" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F422" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
+        </is>
+      </c>
+      <c r="G422" t="inlineStr"/>
+      <c r="H422" t="inlineStr"/>
+    </row>
+    <row r="423">
+      <c r="A423" t="inlineStr"/>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>Change in Copy Behavior!</t>
+        </is>
+      </c>
+      <c r="C423" t="inlineStr"/>
+      <c r="D423" t="inlineStr"/>
+      <c r="E423" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F423" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+        </is>
+      </c>
+      <c r="G423" t="inlineStr"/>
+      <c r="H423" t="inlineStr"/>
+    </row>
+    <row r="424">
+      <c r="A424" t="inlineStr"/>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr"/>
+      <c r="D424" t="inlineStr"/>
+      <c r="E424" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F424" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G424" t="inlineStr"/>
+      <c r="H424" t="inlineStr"/>
+    </row>
+    <row r="425">
+      <c r="A425" t="inlineStr"/>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+        </is>
+      </c>
+      <c r="C425" t="inlineStr"/>
+      <c r="D425" t="inlineStr"/>
+      <c r="E425" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F425" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+        </is>
+      </c>
+      <c r="G425" t="inlineStr"/>
+      <c r="H425" t="inlineStr"/>
+    </row>
+    <row r="426">
+      <c r="A426" t="inlineStr"/>
+      <c r="B426" t="inlineStr">
+        <is>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+        </is>
+      </c>
+      <c r="C426" t="inlineStr"/>
+      <c r="D426" t="inlineStr"/>
+      <c r="E426" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F426" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+        </is>
+      </c>
+      <c r="G426" t="inlineStr"/>
+      <c r="H426" t="inlineStr"/>
+    </row>
+    <row r="427">
+      <c r="A427" t="inlineStr"/>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>Do not show items with this currency</t>
+        </is>
+      </c>
+      <c r="C427" t="inlineStr"/>
+      <c r="D427" t="inlineStr"/>
+      <c r="E427" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F427" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
+        </is>
+      </c>
+      <c r="G427" t="inlineStr"/>
+      <c r="H427" t="inlineStr"/>
+    </row>
+    <row r="428">
+      <c r="A428" t="inlineStr"/>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C428" t="inlineStr"/>
+      <c r="D428" t="inlineStr"/>
+      <c r="E428" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F428" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.BlockCollectAll</t>
+        </is>
+      </c>
+      <c r="G428" t="inlineStr"/>
+      <c r="H428" t="inlineStr"/>
+    </row>
+    <row r="429">
+      <c r="A429" t="inlineStr"/>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+        </is>
+      </c>
+      <c r="C429" t="inlineStr"/>
+      <c r="D429" t="inlineStr"/>
+      <c r="E429" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F429" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Desc</t>
+        </is>
+      </c>
+      <c r="G429" t="inlineStr"/>
+      <c r="H429" t="inlineStr"/>
+    </row>
+    <row r="430">
+      <c r="A430" t="inlineStr"/>
+      <c r="B430" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C430" t="inlineStr"/>
+      <c r="D430" t="inlineStr"/>
+      <c r="E430" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F430" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Title</t>
+        </is>
+      </c>
+      <c r="G430" t="inlineStr"/>
+      <c r="H430" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>