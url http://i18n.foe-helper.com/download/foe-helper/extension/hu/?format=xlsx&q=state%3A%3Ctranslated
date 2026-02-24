--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H430"/>
+  <dimension ref="A1:H435"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -7346,51 +7346,55 @@
           <t>.Boxes.AllyList.Title</t>
         </is>
       </c>
       <c r="G291" t="inlineStr"/>
       <c r="H291" t="inlineStr"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr"/>
       <c r="B292" t="inlineStr">
         <is>
           <t>Building</t>
         </is>
       </c>
       <c r="C292" t="inlineStr"/>
       <c r="D292" t="inlineStr"/>
       <c r="E292" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F292" t="inlineStr">
         <is>
           <t>.Boxes.AllyList.Building</t>
         </is>
       </c>
-      <c r="G292" t="inlineStr"/>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Épület</t>
+        </is>
+      </c>
       <c r="H292" t="inlineStr"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr"/>
       <c r="B293" t="inlineStr">
         <is>
           <t>Ally</t>
         </is>
       </c>
       <c r="C293" t="inlineStr"/>
       <c r="D293" t="inlineStr"/>
       <c r="E293" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F293" t="inlineStr">
         <is>
           <t>.Boxes.AllyList.Ally</t>
         </is>
       </c>
       <c r="G293" t="inlineStr"/>
       <c r="H293" t="inlineStr"/>
     </row>
     <row r="294">
@@ -9920,51 +9924,55 @@
           <t>.Settings.GexStockWarning.Desc</t>
         </is>
       </c>
       <c r="G408" t="inlineStr"/>
       <c r="H408" t="inlineStr"/>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr"/>
       <c r="B409" t="inlineStr">
         <is>
           <t>7d</t>
         </is>
       </c>
       <c r="C409" t="inlineStr"/>
       <c r="D409" t="inlineStr"/>
       <c r="E409" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F409" t="inlineStr">
         <is>
           <t>.Boxes.Alerts.Time.7d</t>
         </is>
       </c>
-      <c r="G409" t="inlineStr"/>
+      <c r="G409" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: 1 nap</t>
+        </is>
+      </c>
       <c r="H409" t="inlineStr"/>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr"/>
       <c r="B410" t="inlineStr">
         <is>
           <t>City Grid Score</t>
         </is>
       </c>
       <c r="C410" t="inlineStr"/>
       <c r="D410" t="inlineStr"/>
       <c r="E410" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F410" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.CityGridScore</t>
         </is>
       </c>
       <c r="G410" t="inlineStr"/>
       <c r="H410" t="inlineStr"/>
     </row>
     <row r="411">
@@ -10384,45 +10392,155 @@
       </c>
       <c r="G429" t="inlineStr"/>
       <c r="H429" t="inlineStr"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr"/>
       <c r="B430" t="inlineStr">
         <is>
           <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C430" t="inlineStr"/>
       <c r="D430" t="inlineStr"/>
       <c r="E430" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F430" t="inlineStr">
         <is>
           <t>.Settings.BlockCollectAll.Title</t>
         </is>
       </c>
       <c r="G430" t="inlineStr"/>
       <c r="H430" t="inlineStr"/>
+    </row>
+    <row r="431">
+      <c r="A431" t="inlineStr"/>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>Level</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr"/>
+      <c r="D431" t="inlineStr"/>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Level</t>
+        </is>
+      </c>
+      <c r="G431" t="inlineStr"/>
+      <c r="H431" t="inlineStr"/>
+    </row>
+    <row r="432">
+      <c r="A432" t="inlineStr"/>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>This value is not accessible, because this player is neither a friend nor in your guild.</t>
+        </is>
+      </c>
+      <c r="C432" t="inlineStr"/>
+      <c r="D432" t="inlineStr"/>
+      <c r="E432" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F432" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerNotAvailable</t>
+        </is>
+      </c>
+      <c r="G432" t="inlineStr"/>
+      <c r="H432" t="inlineStr"/>
+    </row>
+    <row r="433">
+      <c r="A433" t="inlineStr"/>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>Include Ally boosts in the rating</t>
+        </is>
+      </c>
+      <c r="C433" t="inlineStr"/>
+      <c r="D433" t="inlineStr"/>
+      <c r="E433" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F433" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ShowAllies</t>
+        </is>
+      </c>
+      <c r="G433" t="inlineStr"/>
+      <c r="H433" t="inlineStr"/>
+    </row>
+    <row r="434">
+      <c r="A434" t="inlineStr"/>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>(De)select currently visible buildings</t>
+        </is>
+      </c>
+      <c r="C434" t="inlineStr"/>
+      <c r="D434" t="inlineStr"/>
+      <c r="E434" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F434" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ToggleBuildingSelection</t>
+        </is>
+      </c>
+      <c r="G434" t="inlineStr"/>
+      <c r="H434" t="inlineStr"/>
+    </row>
+    <row r="435">
+      <c r="A435" t="inlineStr"/>
+      <c r="B435" t="inlineStr">
+        <is>
+          <t>Include initial FP in sum</t>
+        </is>
+      </c>
+      <c r="C435" t="inlineStr"/>
+      <c r="D435" t="inlineStr"/>
+      <c r="E435" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F435" t="inlineStr">
+        <is>
+          <t>.Settings.ShowOwnPartIncludeStart.Desc</t>
+        </is>
+      </c>
+      <c r="G435" t="inlineStr"/>
+      <c r="H435" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>