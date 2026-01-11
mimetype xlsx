--- v0 (2025-11-24)
+++ v1 (2026-01-11)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1471"/>
+  <dimension ref="A1:H1493"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -578,51 +578,51 @@
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>ゲームウィンドウがフォーカスされているときに、ネイティブのデスクトップ通知の代わりにゲーム内通知を表示する。</t>
         </is>
       </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>.Boxes.Alerts.Preferences.InGame.Info</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>5hr</t>
+          <t>5h</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>5時間</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
@@ -1780,51 +1780,51 @@
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
           <t>every 10 hours</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.QICycle</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
           <t>Roadless buildings</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
@@ -7735,51 +7735,51 @@
       <c r="A331" t="inlineStr"/>
       <c r="B331" t="inlineStr">
         <is>
           <t>Guild Buildings</t>
         </is>
       </c>
       <c r="C331" t="inlineStr"/>
       <c r="D331" t="inlineStr"/>
       <c r="E331" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F331" t="inlineStr">
         <is>
           <t>.Boxes.GuildMemberStat.GuildBuildings</t>
         </is>
       </c>
       <c r="G331" t="inlineStr"/>
       <c r="H331" t="inlineStr"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr"/>
       <c r="B332" t="inlineStr">
         <is>
-          <t>Treasury Goods</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C332" t="inlineStr"/>
       <c r="D332" t="inlineStr"/>
       <c r="E332" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F332" t="inlineStr">
         <is>
           <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G332" t="inlineStr"/>
       <c r="H332" t="inlineStr"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr"/>
       <c r="B333" t="inlineStr">
         <is>
           <t>Guild Members</t>
         </is>
       </c>
       <c r="C333" t="inlineStr"/>
@@ -27834,51 +27834,51 @@
       <c r="A1243" t="inlineStr"/>
       <c r="B1243" t="inlineStr">
         <is>
           <t>Display FP Investment sums</t>
         </is>
       </c>
       <c r="C1243" t="inlineStr"/>
       <c r="D1243" t="inlineStr"/>
       <c r="E1243" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1243" t="inlineStr">
         <is>
           <t>.Settings.ShowInvestments.Title</t>
         </is>
       </c>
       <c r="G1243" t="inlineStr"/>
       <c r="H1243" t="inlineStr"/>
     </row>
     <row r="1244">
       <c r="A1244" t="inlineStr"/>
       <c r="B1244" t="inlineStr">
         <is>
-          <t>Replaces player names and guild names with links to player or guild profile on scoredb.io.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
         </is>
       </c>
       <c r="C1244" t="inlineStr"/>
       <c r="D1244" t="inlineStr"/>
       <c r="E1244" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1244" t="inlineStr">
         <is>
           <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G1244" t="inlineStr"/>
       <c r="H1244" t="inlineStr"/>
     </row>
     <row r="1245">
       <c r="A1245" t="inlineStr"/>
       <c r="B1245" t="inlineStr">
         <is>
           <t>Show links</t>
         </is>
       </c>
       <c r="C1245" t="inlineStr"/>
@@ -28991,51 +28991,51 @@
       <c r="A1295" t="inlineStr"/>
       <c r="B1295" t="inlineStr">
         <is>
           <t>Add selected buildings</t>
         </is>
       </c>
       <c r="C1295" t="inlineStr"/>
       <c r="D1295" t="inlineStr"/>
       <c r="E1295" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1295" t="inlineStr">
         <is>
           <t>.Boxes.ProductionsRating.AddBuildings</t>
         </is>
       </c>
       <c r="G1295" t="inlineStr"/>
       <c r="H1295" t="inlineStr"/>
     </row>
     <row r="1296">
       <c r="A1296" t="inlineStr"/>
       <c r="B1296" t="inlineStr">
         <is>
-          <t xml:space="preserve">Number of Buildings: </t>
+          <t>buildings total</t>
         </is>
       </c>
       <c r="C1296" t="inlineStr"/>
       <c r="D1296" t="inlineStr"/>
       <c r="E1296" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1296" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G1296" t="inlineStr"/>
       <c r="H1296" t="inlineStr"/>
     </row>
     <row r="1297">
       <c r="A1297" t="inlineStr"/>
       <c r="B1297" t="inlineStr">
         <is>
           <t xml:space="preserve">Number of Streets: </t>
         </is>
       </c>
       <c r="C1297" t="inlineStr"/>
@@ -32858,45 +32858,529 @@
       </c>
       <c r="G1470" t="inlineStr"/>
       <c r="H1470" t="inlineStr"/>
     </row>
     <row r="1471">
       <c r="A1471" t="inlineStr"/>
       <c r="B1471" t="inlineStr">
         <is>
           <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
         </is>
       </c>
       <c r="C1471" t="inlineStr"/>
       <c r="D1471" t="inlineStr"/>
       <c r="E1471" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1471" t="inlineStr">
         <is>
           <t>.Settings.GexStockWarning.Desc</t>
         </is>
       </c>
       <c r="G1471" t="inlineStr"/>
       <c r="H1471" t="inlineStr"/>
+    </row>
+    <row r="1472">
+      <c r="A1472" t="inlineStr"/>
+      <c r="B1472" t="inlineStr">
+        <is>
+          <t>7d</t>
+        </is>
+      </c>
+      <c r="C1472" t="inlineStr"/>
+      <c r="D1472" t="inlineStr"/>
+      <c r="E1472" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1472" t="inlineStr">
+        <is>
+          <t>.Boxes.Alerts.Time.7d</t>
+        </is>
+      </c>
+      <c r="G1472" t="inlineStr"/>
+      <c r="H1472" t="inlineStr"/>
+    </row>
+    <row r="1473">
+      <c r="A1473" t="inlineStr"/>
+      <c r="B1473" t="inlineStr">
+        <is>
+          <t>City Grid Score</t>
+        </is>
+      </c>
+      <c r="C1473" t="inlineStr"/>
+      <c r="D1473" t="inlineStr"/>
+      <c r="E1473" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1473" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScore</t>
+        </is>
+      </c>
+      <c r="G1473" t="inlineStr"/>
+      <c r="H1473" t="inlineStr"/>
+    </row>
+    <row r="1474">
+      <c r="A1474" t="inlineStr"/>
+      <c r="B1474" t="inlineStr">
+        <is>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+        </is>
+      </c>
+      <c r="C1474" t="inlineStr"/>
+      <c r="D1474" t="inlineStr"/>
+      <c r="E1474" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1474" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
+        </is>
+      </c>
+      <c r="G1474" t="inlineStr"/>
+      <c r="H1474" t="inlineStr"/>
+    </row>
+    <row r="1475">
+      <c r="A1475" t="inlineStr"/>
+      <c r="B1475" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/town</t>
+        </is>
+      </c>
+      <c r="C1475" t="inlineStr"/>
+      <c r="D1475" t="inlineStr"/>
+      <c r="E1475" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1475" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.HelpLink</t>
+        </is>
+      </c>
+      <c r="G1475" t="inlineStr"/>
+      <c r="H1475" t="inlineStr"/>
+    </row>
+    <row r="1476">
+      <c r="A1476" t="inlineStr"/>
+      <c r="B1476" t="inlineStr">
+        <is>
+          <t>Buildings from GBG</t>
+        </is>
+      </c>
+      <c r="C1476" t="inlineStr"/>
+      <c r="D1476" t="inlineStr"/>
+      <c r="E1476" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1476" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
+        </is>
+      </c>
+      <c r="G1476" t="inlineStr"/>
+      <c r="H1476" t="inlineStr"/>
+    </row>
+    <row r="1477">
+      <c r="A1477" t="inlineStr"/>
+      <c r="B1477" t="inlineStr">
+        <is>
+          <t>Buildings from QI</t>
+        </is>
+      </c>
+      <c r="C1477" t="inlineStr"/>
+      <c r="D1477" t="inlineStr"/>
+      <c r="E1477" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1477" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromQI</t>
+        </is>
+      </c>
+      <c r="G1477" t="inlineStr"/>
+      <c r="H1477" t="inlineStr"/>
+    </row>
+    <row r="1478">
+      <c r="A1478" t="inlineStr"/>
+      <c r="B1478" t="inlineStr">
+        <is>
+          <t>Ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C1478" t="inlineStr"/>
+      <c r="D1478" t="inlineStr"/>
+      <c r="E1478" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1478" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.limited</t>
+        </is>
+      </c>
+      <c r="G1478" t="inlineStr"/>
+      <c r="H1478" t="inlineStr"/>
+    </row>
+    <row r="1479">
+      <c r="A1479" t="inlineStr"/>
+      <c r="B1479" t="inlineStr">
+        <is>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C1479" t="inlineStr"/>
+      <c r="D1479" t="inlineStr"/>
+      <c r="E1479" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1479" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.roadless</t>
+        </is>
+      </c>
+      <c r="G1479" t="inlineStr"/>
+      <c r="H1479" t="inlineStr"/>
+    </row>
+    <row r="1480">
+      <c r="A1480" t="inlineStr"/>
+      <c r="B1480" t="inlineStr">
+        <is>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C1480" t="inlineStr"/>
+      <c r="D1480" t="inlineStr"/>
+      <c r="E1480" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1480" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+        </is>
+      </c>
+      <c r="G1480" t="inlineStr"/>
+      <c r="H1480" t="inlineStr"/>
+    </row>
+    <row r="1481">
+      <c r="A1481" t="inlineStr"/>
+      <c r="B1481" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C1481" t="inlineStr"/>
+      <c r="D1481" t="inlineStr"/>
+      <c r="E1481" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1481" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Expedition.short</t>
+        </is>
+      </c>
+      <c r="G1481" t="inlineStr"/>
+      <c r="H1481" t="inlineStr"/>
+    </row>
+    <row r="1482">
+      <c r="A1482" t="inlineStr"/>
+      <c r="B1482" t="inlineStr">
+        <is>
+          <t>QI</t>
+        </is>
+      </c>
+      <c r="C1482" t="inlineStr"/>
+      <c r="D1482" t="inlineStr"/>
+      <c r="E1482" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1482" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
+        </is>
+      </c>
+      <c r="G1482" t="inlineStr"/>
+      <c r="H1482" t="inlineStr"/>
+    </row>
+    <row r="1483">
+      <c r="A1483" t="inlineStr"/>
+      <c r="B1483" t="inlineStr">
+        <is>
+          <t>Offset to servertime (minutes)</t>
+        </is>
+      </c>
+      <c r="C1483" t="inlineStr"/>
+      <c r="D1483" t="inlineStr"/>
+      <c r="E1483" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1483" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.serverOffset</t>
+        </is>
+      </c>
+      <c r="G1483" t="inlineStr"/>
+      <c r="H1483" t="inlineStr"/>
+    </row>
+    <row r="1484">
+      <c r="A1484" t="inlineStr"/>
+      <c r="B1484" t="inlineStr">
+        <is>
+          <t>display times in server time</t>
+        </is>
+      </c>
+      <c r="C1484" t="inlineStr"/>
+      <c r="D1484" t="inlineStr"/>
+      <c r="E1484" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1484" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
+        </is>
+      </c>
+      <c r="G1484" t="inlineStr"/>
+      <c r="H1484" t="inlineStr"/>
+    </row>
+    <row r="1485">
+      <c r="A1485" t="inlineStr"/>
+      <c r="B1485" t="inlineStr">
+        <is>
+          <t>copy attack colors</t>
+        </is>
+      </c>
+      <c r="C1485" t="inlineStr"/>
+      <c r="D1485" t="inlineStr"/>
+      <c r="E1485" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1485" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
+        </is>
+      </c>
+      <c r="G1485" t="inlineStr"/>
+      <c r="H1485" t="inlineStr"/>
+    </row>
+    <row r="1486">
+      <c r="A1486" t="inlineStr"/>
+      <c r="B1486" t="inlineStr">
+        <is>
+          <t>Change in Copy Behavior!</t>
+        </is>
+      </c>
+      <c r="C1486" t="inlineStr"/>
+      <c r="D1486" t="inlineStr"/>
+      <c r="E1486" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1486" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+        </is>
+      </c>
+      <c r="G1486" t="inlineStr"/>
+      <c r="H1486" t="inlineStr"/>
+    </row>
+    <row r="1487">
+      <c r="A1487" t="inlineStr"/>
+      <c r="B1487" t="inlineStr">
+        <is>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+        </is>
+      </c>
+      <c r="C1487" t="inlineStr"/>
+      <c r="D1487" t="inlineStr"/>
+      <c r="E1487" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1487" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G1487" t="inlineStr"/>
+      <c r="H1487" t="inlineStr"/>
+    </row>
+    <row r="1488">
+      <c r="A1488" t="inlineStr"/>
+      <c r="B1488" t="inlineStr">
+        <is>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+        </is>
+      </c>
+      <c r="C1488" t="inlineStr"/>
+      <c r="D1488" t="inlineStr"/>
+      <c r="E1488" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1488" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+        </is>
+      </c>
+      <c r="G1488" t="inlineStr"/>
+      <c r="H1488" t="inlineStr"/>
+    </row>
+    <row r="1489">
+      <c r="A1489" t="inlineStr"/>
+      <c r="B1489" t="inlineStr">
+        <is>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+        </is>
+      </c>
+      <c r="C1489" t="inlineStr"/>
+      <c r="D1489" t="inlineStr"/>
+      <c r="E1489" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1489" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+        </is>
+      </c>
+      <c r="G1489" t="inlineStr"/>
+      <c r="H1489" t="inlineStr"/>
+    </row>
+    <row r="1490">
+      <c r="A1490" t="inlineStr"/>
+      <c r="B1490" t="inlineStr">
+        <is>
+          <t>Do not show items with this currency</t>
+        </is>
+      </c>
+      <c r="C1490" t="inlineStr"/>
+      <c r="D1490" t="inlineStr"/>
+      <c r="E1490" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1490" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
+        </is>
+      </c>
+      <c r="G1490" t="inlineStr"/>
+      <c r="H1490" t="inlineStr"/>
+    </row>
+    <row r="1491">
+      <c r="A1491" t="inlineStr"/>
+      <c r="B1491" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C1491" t="inlineStr"/>
+      <c r="D1491" t="inlineStr"/>
+      <c r="E1491" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1491" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.BlockCollectAll</t>
+        </is>
+      </c>
+      <c r="G1491" t="inlineStr"/>
+      <c r="H1491" t="inlineStr"/>
+    </row>
+    <row r="1492">
+      <c r="A1492" t="inlineStr"/>
+      <c r="B1492" t="inlineStr">
+        <is>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+        </is>
+      </c>
+      <c r="C1492" t="inlineStr"/>
+      <c r="D1492" t="inlineStr"/>
+      <c r="E1492" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1492" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Desc</t>
+        </is>
+      </c>
+      <c r="G1492" t="inlineStr"/>
+      <c r="H1492" t="inlineStr"/>
+    </row>
+    <row r="1493">
+      <c r="A1493" t="inlineStr"/>
+      <c r="B1493" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C1493" t="inlineStr"/>
+      <c r="D1493" t="inlineStr"/>
+      <c r="E1493" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1493" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Title</t>
+        </is>
+      </c>
+      <c r="G1493" t="inlineStr"/>
+      <c r="H1493" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>