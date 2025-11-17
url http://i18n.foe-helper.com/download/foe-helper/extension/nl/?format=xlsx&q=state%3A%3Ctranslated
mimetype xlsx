--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H149"/>
+  <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -817,2984 +817,3632 @@
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>https://foe-helper.com/docs/2/incidents</t>
         </is>
       </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>.Boxes.HiddenRewards.HelpLink</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>DD-MMM</t>
+          <t>Gilde expeditie</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Lower Era buildings</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Andere gebouwen</t>
+          <t>Markeer lagere tijdperk gebouwen</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.generic_building</t>
+          <t>.Boxes.CityMap.HighlightOldBuildings</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>DD/MMM</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Speciale gebouwen</t>
+          <t>DD-MMM</t>
         </is>
       </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Military</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Militaire Gebouwen</t>
+          <t>Andere gebouwen</t>
         </is>
       </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.Productions.Headings.generic_building</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Je zult sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+          <t>Speciale gebouwen</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Boxes.Productions.Headings.off_grid</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t>For guild events you have to visit the GBG map first</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Je kan sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+          <t>Voor gilde evenementen moet je eerst de gildestrijd kaart bezoeken</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
+          <t>Military</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Hoe werkt het? Selecteer hoeveel elk van je gebouwen idealiter per tegel zou moeten produceren. De balans tussen alle geselecteerde waarden is belangrijk voor de uiteindelijke beoordeling. Als je meer dan één gebouw van hetzelfde type hebt, wordt alleen het gebouw met het hoogste tijdperk geëvalueerd.</t>
+          <t>Militaire Gebouwen</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Explainer</t>
+          <t>.Boxes.Productions.Headings.military</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Only highlights</t>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Alleen gemarkeerde gebouwen</t>
+          <t>Je zult sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Add Building</t>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Voeg Speciaal Gebouw toe</t>
+          <t>Je kan sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+          <t>Roadless buildings</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Let op: Niet alle gebouwen zijn mogelijk in het tijdperk dat naast de naam staat. controleer de kaart om zeker te zijn!</t>
+          <t>Markeer gebouwen die geen wegen nodig hebben</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>12 hour clock</t>
-[...2 lines deleted...]
-      <c r="C28" t="inlineStr"/>
+          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Bij Productie, Populatie en Tevredenheid waarden wordt ervan uitgegaan uit dat de constructie van je gebouwen voltooid is.</t>
+        </is>
+      </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AMPMTime</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Relative time</t>
-[...2 lines deleted...]
-      <c r="C29" t="inlineStr"/>
+          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Hoe werkt het? Selecteer hoeveel elk van je gebouwen idealiter per tegel zou moeten produceren. De balans tussen alle geselecteerde waarden is belangrijk voor de uiteindelijke beoordeling. Als je meer dan één gebouw van hetzelfde type hebt, wordt alleen het gebouw met het hoogste tijdperk geëvalueerd.</t>
+        </is>
+      </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.RelativeTime</t>
+          <t>.Boxes.ProductionsRating.Explainer</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>24 hour clock</t>
-[...2 lines deleted...]
-      <c r="C30" t="inlineStr"/>
+          <t>Only highlights</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Alleen gemarkeerde gebouwen</t>
+        </is>
+      </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Time24</t>
+          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Boost</t>
-[...2 lines deleted...]
-      <c r="C31" t="inlineStr"/>
+          <t>Show Item column</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Verberg items</t>
+        </is>
+      </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>.General.Boost</t>
+          <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Actions</t>
-[...2 lines deleted...]
-      <c r="C32" t="inlineStr"/>
+          <t>Add Building</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Voeg Speciaal Gebouw toe</t>
+        </is>
+      </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Actions</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Progress</t>
-[...2 lines deleted...]
-      <c r="C33" t="inlineStr"/>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Let op: Niet alle gebouwen zijn mogelijk in het tijdperk dat naast de naam staat. controleer de kaart om zeker te zijn!</t>
+        </is>
+      </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Progress</t>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>QI Round</t>
+          <t>12 hour clock</t>
         </is>
       </c>
       <c r="C34" t="inlineStr"/>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.QiRound</t>
+          <t>.Boxes.Productions.AMPMTime</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Show progress filter</t>
+          <t>Relative time</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowProgressFilter</t>
+          <t>.Boxes.Productions.RelativeTime</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Show QI round selector</t>
+          <t>24 hour clock</t>
         </is>
       </c>
       <c r="C36" t="inlineStr"/>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowRoundSelector</t>
+          <t>.Boxes.Productions.Time24</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>QI Snapshot Log</t>
+          <t>Boost</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapshotLog</t>
+          <t>.General.Boost</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Disclaimer: This data is based on your collected data. The numbers shown here are probably not 100% accurate. You'd have to open the list at midnight for them to be correct.</t>
+          <t>Actions</t>
         </is>
       </c>
       <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapShotLogDisclaimer</t>
+          <t>.Boxes.QiProgress.Actions</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>QI Overview</t>
+          <t>Progress</t>
         </is>
       </c>
       <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Title</t>
+          <t>.Boxes.QiProgress.Progress</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Reconstruction Size List</t>
+          <t>QI Round</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>.Boxes.ReconstructionList.Title</t>
+          <t>.Boxes.QiProgress.QiRound</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>after</t>
+          <t>Show progress filter</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.after</t>
+          <t>.Boxes.QiProgress.ShowProgressFilter</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>when</t>
+          <t>Show QI round selector</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.when</t>
+          <t>.Boxes.QiProgress.ShowRoundSelector</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>can be polished</t>
+          <t>QI Snapshot Log</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canPolish</t>
+          <t>.Boxes.QiProgress.SnapshotLog</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>can be motivated</t>
+          <t>Disclaimer: This data is based on your collected data. The numbers shown here are probably not 100% accurate. You'd have to open the list at midnight for them to be correct.</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canMotivate</t>
+          <t>.Boxes.QiProgress.SnapShotLogDisclaimer</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Add unique inhabitant</t>
+          <t>QI Overview</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.addInhabitant</t>
+          <t>.Boxes.QiProgress.Title</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Historical Ally Rooms</t>
+          <t>Reconstruction Size List</t>
         </is>
       </c>
       <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.allyRooms</t>
+          <t>.Boxes.ReconstructionList.Title</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Provides</t>
+          <t>after</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.provides</t>
+          <t>.Boxes.Tooltip.Building.after</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Produces</t>
+          <t>when</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.produces</t>
+          <t>.Boxes.Tooltip.Building.when</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>can be polished</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.costs</t>
+          <t>.Boxes.Tooltip.Building.canPolish</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>road required</t>
+          <t>can be motivated</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road</t>
+          <t>.Boxes.Tooltip.Building.canMotivate</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>2-lane road required</t>
+          <t>Add unique inhabitant</t>
         </is>
       </c>
       <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road2</t>
+          <t>.Boxes.Tooltip.Building.addInhabitant</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Traits</t>
+          <t>Historical Ally Rooms</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.traits</t>
+          <t>.Boxes.Tooltip.Building.allyRooms</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>can not be plundered</t>
+          <t>Provides</t>
         </is>
       </c>
       <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.noPlunder</t>
+          <t>.Boxes.Tooltip.Building.provides</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>is affected by life support</t>
+          <t>Produces</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.lifeSupport</t>
+          <t>.Boxes.Tooltip.Building.produces</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Size and Building Time</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.size+time</t>
+          <t>.Boxes.Tooltip.Building.costs</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Date</t>
+          <t>road required</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>.General.Date</t>
+          <t>.Boxes.Tooltip.Building.road</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Items</t>
+          <t>2-lane road required</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>.General.Items</t>
+          <t>.Boxes.Tooltip.Building.road2</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>Traits</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>.Settings.Entry.LoadBeta2</t>
+          <t>.Boxes.Tooltip.Building.traits</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Size-list in Reconstruction Mode</t>
+          <t>can not be plundered</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowReconstructionList</t>
+          <t>.Boxes.Tooltip.Building.noPlunder</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
+          <t>is affected by life support</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Desc</t>
+          <t>.Boxes.Tooltip.Building.lifeSupport</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>Size and Building Time</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Title</t>
+          <t>.Boxes.Tooltip.Building.size+time</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Download Beta Extension</t>
+          <t>Date</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Button</t>
+          <t>.General.Date</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Provides a sortable list of all buildings and their sizes in resonstruction mode</t>
+          <t>Items</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>.Settings.ShowReconstructionList.Desc</t>
+          <t>.General.Items</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Display size-list in reconstruction mode</t>
+          <t>Load current Beta</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>.Settings.ShowReconstructionList.Title</t>
+          <t>.Settings.Entry.LoadBeta2</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Finish Special Production Fragment</t>
+          <t>Size-list in Reconstruction Mode</t>
         </is>
       </c>
       <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FSP</t>
+          <t>.Settings.Entry.ShowReconstructionList</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Reset to default</t>
+          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Reset</t>
+          <t>.Settings.LoadBeta2.Desc</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Confirm Reset?</t>
+          <t>Load current Beta</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ConfirmReset</t>
+          <t>.Settings.LoadBeta2.Title</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Repeat Building Selection</t>
+          <t>Download Beta Extension</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RepeatSelectBuilding</t>
+          <t>.Settings.LoadBeta2.Button</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Repeat last Building Selection</t>
+          <t>Provides a sortable list of all buildings and their sizes in resonstruction mode</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Title</t>
+          <t>.Settings.ShowReconstructionList.Desc</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
+          <t>Display size-list in reconstruction mode</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Desc</t>
+          <t>.Settings.ShowReconstructionList.Title</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
-[...2 lines deleted...]
-      <c r="C71" t="inlineStr"/>
+          <t>Ascendable buildings</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Markeer Upgradebare gebouwen</t>
+        </is>
+      </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OpenProduction</t>
+          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Settlement Playthroughs</t>
-[...2 lines deleted...]
-      <c r="C72" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>Markeer gedowngrade gebouwen</t>
+        </is>
+      </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Settlements</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Open Profile Summary</t>
+          <t>Finish Special Production Fragment</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Tooltip</t>
+          <t>.Boxes.Productions.FSP</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Minimum Score</t>
+          <t>Reset to default</t>
         </is>
       </c>
       <c r="C74" t="inlineStr"/>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
+          <t>.Boxes.ProductionsRating.Reset</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t>This building is in your inventory</t>
+          <t>Confirm Reset?</t>
         </is>
       </c>
       <c r="C75" t="inlineStr"/>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
+          <t>.Boxes.ProductionsRating.ConfirmReset</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>Repeat Building Selection</t>
         </is>
       </c>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
+          <t>.Settings.Entry.RepeatSelectBuilding</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Gain per hour:</t>
+          <t>Repeat last Building Selection</t>
         </is>
       </c>
       <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Rate</t>
+          <t>.Settings.RepeatSelectBuilding.Title</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Visit the settlement to correct the value</t>
+          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
         </is>
       </c>
       <c r="C78" t="inlineStr"/>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Warning</t>
+          <t>.Settings.RepeatSelectBuilding.Desc</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Bar full:</t>
+          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
         </is>
       </c>
       <c r="C79" t="inlineStr"/>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.FullAt</t>
+          <t>.Boxes.PlayerProfile.OpenProduction</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Unique Building</t>
+          <t>Settlement Playthroughs</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.isUnique</t>
+          <t>.Boxes.PlayerProfile.Settlements</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>New FoE Helper Version installed</t>
+          <t>Open Profile Summary</t>
         </is>
       </c>
       <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Title</t>
+          <t>.Boxes.PlayerProfile.Tooltip</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Click here to see the changes:</t>
+          <t>Minimum Score</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Desc</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>GBG Player list</t>
+          <t>This building is in your inventory</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
+          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>QI Player list</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowQIPlayerInfo</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
+          <t>Gain per hour:</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
+          <t>.Boxes.QIActions.Rate</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>GBG Player Pop Up</t>
+          <t>Visit the settlement to correct the value</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Title</t>
+          <t>.Boxes.QIActions.Warning</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>Bar full:</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGRewards</t>
+          <t>.Boxes.QIActions.FullAt</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
+          <t>Unique Building</t>
         </is>
       </c>
       <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Desc</t>
+          <t>.Boxes.Tooltip.Building.isUnique</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>New FoE Helper Version installed</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Title</t>
+          <t>.Menu.NewVersion.Title</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Hide most details</t>
+          <t>Click here to see the changes:</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMinView.Desc</t>
+          <t>.Menu.NewVersion.Desc</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Open automatically</t>
+          <t>GBG Player list</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
+          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
+          <t>QI Player list</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Desc</t>
+          <t>.Settings.Entry.ShowQIPlayerInfo</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>QI Player Pop Up</t>
+          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Title</t>
+          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>GBG Player Pop Up</t>
         </is>
       </c>
       <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowAllyList</t>
+          <t>.Settings.ShowGBGPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Desc</t>
+          <t>.Settings.Entry.ShowGBGRewards</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Open Ally Overview</t>
+          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Title</t>
+          <t>.Settings.ShowGBGRewards.Desc</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.GexTrial</t>
+          <t>.Settings.ShowGBGRewards.Title</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Hide most details</t>
         </is>
       </c>
       <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GexTrial</t>
+          <t>.Settings.ShowOwnPartMinView.Desc</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Game Play</t>
+          <t>Open automatically</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.GamePlay</t>
+          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Normalize Values</t>
+          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.BtnToggleRenormalize</t>
+          <t>.Settings.ShowQIPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Hightlight worst rated buildings</t>
+          <t>QI Player Pop Up</t>
         </is>
       </c>
       <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowWorstBuildings</t>
+          <t>.Settings.ShowQIPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Show on city map</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>.Boxes.General.ShowOnMap</t>
+          <t>.Settings.Entry.ShowAllyList</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Highest level of this building</t>
+          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.maxBuilding</t>
+          <t>.Settings.ShowAllyList.Desc</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Chains</t>
+          <t>Open Ally Overview</t>
         </is>
       </c>
       <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Chains</t>
+          <t>.Settings.ShowAllyList.Title</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Sets</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Sets</t>
+          <t>.Boxes.GexStat.GexTrial</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Only show inventory buildings with a rating equal or higher than x</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
+          <t>.Boxes.GuildMemberStat.GexTrial</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Shows only buildings from search results, buildings you added manually and buildings you highlighted yourself</t>
+          <t>Game Play</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlightedExplanation</t>
+          <t>.Boxes.PlayerProfile.GamePlay</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Add buildings from your inventory to the list</t>
+          <t>Normalize Values</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
+          <t>.Boxes.Stats.BtnToggleRenormalize</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Following combinations are possible</t>
+          <t>Worst rated buildings</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Efficiency.description</t>
+          <t>.Boxes.CityMap.ShowWorstBuildings</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Help</t>
+          <t>Show on city map</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ExplainerHead</t>
+          <t>.Boxes.General.ShowOnMap</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Best</t>
+          <t>Highest level of this building</t>
         </is>
       </c>
       <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Best</t>
+          <t>.Boxes.Kits.maxBuilding</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Top 5</t>
+          <t>Chains</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Fifth</t>
+          <t>.Boxes.Kits.Chains</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Top 10%</t>
+          <t>Sets</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.top10percent</t>
+          <t>.Boxes.Kits.Sets</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Comparisons from your city</t>
+          <t>Only show inventory buildings with a rating equal or higher than x</t>
         </is>
       </c>
       <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TooltipTitle</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>How much is expected per FSP-kit?</t>
+          <t>Shows only buildings from search results, buildings you added manually and buildings you highlighted yourself</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TitleFSPCalculator</t>
+          <t>.Boxes.ProductionsRating.ShowHighlightedExplanation</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Show FSP Calculator</t>
+          <t>Add buildings from your inventory to the list</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Following combinations are possible</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition</t>
+          <t>.Boxes.Tooltip.Efficiency.description</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
+          <t>Help</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.Title</t>
+          <t>.Boxes.ProductionsRating.ExplainerHead</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Expected activation costs</t>
+          <t>Best</t>
         </is>
       </c>
       <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.UnlockingCosts</t>
+          <t>.Boxes.ProductionsRating.Best</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>started playing on __date__</t>
+          <t>Top 5</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DateStarted</t>
+          <t>.Boxes.ProductionsRating.Fifth</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/alerts</t>
+          <t>Top 10%</t>
         </is>
       </c>
       <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.HelpLink</t>
+          <t>.Boxes.ProductionsRating.top10percent</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/ally</t>
+          <t>Comparisons from your city</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.HelpLink</t>
+          <t>.Boxes.ProductionsRating.TooltipTitle</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
+          <t>How much is expected per FSP-kit?</t>
         </is>
       </c>
       <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>.Boxes.BlueGalaxy.HelpLink</t>
+          <t>.Boxes.ProductionsRating.TitleFSPCalculator</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/efficiency</t>
+          <t>Show FSP Calculator</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.HelpLink</t>
+          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Wiki / Documentation: Feature documentation.</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>.Settings.Help.Documentation</t>
+          <t>.Boxes.General.Guild_Expedition</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>Boost Sources</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.BoostList.Title</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Player Profile</t>
+          <t>Expected activation costs</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Title</t>
+          <t>.Boxes.GexStat.UnlockingCosts</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
+          <t>started playing on __date__</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Warning</t>
+          <t>.Boxes.PlayerProfile.DateStarted</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>https://docs.foe-helper.com/english/module/alerts</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Title</t>
+          <t>.Boxes.Alerts.HelpLink</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>https://docs.foe-helper.com/english/module/ally</t>
         </is>
       </c>
       <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
+          <t>.Boxes.AllyList.HelpLink</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperMerge</t>
+          <t>.Boxes.BlueGalaxy.HelpLink</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
+          <t>https://docs.foe-helper.com/english/module/efficiency</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Boxes.ProductionsRating.HelpLink</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Wiki / Documentation: Feature documentation.</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Settings.Help.Documentation</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Advanced Settings</t>
+          <t>Player Profile</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.Advanced</t>
+          <t>.Menu.PlayerProfile.Title</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Enable Event helpers</t>
+          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
         </is>
       </c>
       <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.All</t>
+          <t>.Menu.PlayerProfile.Warning</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
           <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Boxes.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Settings.Entry.ShowShopAssist</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Item Shop</t>
+          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Shop</t>
+          <t>.Settings.EventHelperMerge</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Can be bought</t>
+          <t>Present Game (e.g. Winter Event)</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.canBeBought</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Idle Game (e.g. St. Patricks)</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Costs</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Offer</t>
+          <t>Pop Game (e.g. Fall Event)</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Item</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>Advanced Settings</t>
         </is>
       </c>
       <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Inventory</t>
+          <t>.Settings.EventHelper.Advanced</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Single</t>
+          <t>Enable Event helpers</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Single</t>
+          <t>.Settings.EventHelper.All</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Missing</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Missing</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Opening the Item Shop will open an overview.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.All</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
+          <t>Item Shop</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Boxes.ShopAssist.Shop</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
+          <t>Can be bought</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Boxes.ShopAssist.canBeBought</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Boxes.ShopAssist.Costs</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr"/>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>Offer</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr"/>
+      <c r="D150" t="inlineStr"/>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Item</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr"/>
+      <c r="H150" t="inlineStr"/>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr"/>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>Inventory</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr"/>
+      <c r="D151" t="inlineStr"/>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Inventory</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr"/>
+      <c r="H151" t="inlineStr"/>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr"/>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Single</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr"/>
+      <c r="D152" t="inlineStr"/>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Single</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr"/>
+      <c r="H152" t="inlineStr"/>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr"/>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>Missing</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr"/>
+      <c r="D153" t="inlineStr"/>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Missing</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr"/>
+      <c r="H153" t="inlineStr"/>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr"/>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>All</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr"/>
+      <c r="D154" t="inlineStr"/>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.All</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr"/>
+      <c r="H154" t="inlineStr"/>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr"/>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>Only Favorites</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr"/>
+      <c r="D155" t="inlineStr"/>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr"/>
+      <c r="H155" t="inlineStr"/>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr"/>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>Only Unlocked</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr"/>
+      <c r="D156" t="inlineStr"/>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr"/>
+      <c r="H156" t="inlineStr"/>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr"/>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>Disclaimer</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr"/>
+      <c r="D157" t="inlineStr"/>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>.General.Disclaimer</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr"/>
+      <c r="H157" t="inlineStr"/>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr"/>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>Collectable soon: __hours__ hours</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr"/>
+      <c r="D158" t="inlineStr"/>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CollectSoon</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr"/>
+      <c r="H158" t="inlineStr"/>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr"/>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>Highlight</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr"/>
+      <c r="D159" t="inlineStr"/>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.Highlight</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr"/>
+      <c r="H159" t="inlineStr"/>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr"/>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>Guild Expedition</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr"/>
+      <c r="D160" t="inlineStr"/>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr"/>
+      <c r="H160" t="inlineStr"/>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr"/>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Hidden Reward</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr"/>
+      <c r="D161" t="inlineStr"/>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.hidden_reward</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr"/>
+      <c r="H161" t="inlineStr"/>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr"/>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Item Store</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr"/>
+      <c r="D162" t="inlineStr"/>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.item_store</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr"/>
+      <c r="H162" t="inlineStr"/>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr"/>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Unknown</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr"/>
+      <c r="D163" t="inlineStr"/>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.null</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr"/>
+      <c r="H163" t="inlineStr"/>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr"/>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>Hide</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr"/>
+      <c r="D164" t="inlineStr"/>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.Hide</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr"/>
+      <c r="H164" t="inlineStr"/>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr"/>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Show Great Buildings</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr"/>
+      <c r="D165" t="inlineStr"/>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr"/>
+      <c r="H165" t="inlineStr"/>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr"/>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Show ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr"/>
+      <c r="D166" t="inlineStr"/>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr"/>
+      <c r="H166" t="inlineStr"/>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr"/>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>per Era</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr"/>
+      <c r="D167" t="inlineStr"/>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>.Boxes.Tooltip.Building.perEra</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr"/>
+      <c r="H167" t="inlineStr"/>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr"/>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Max</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr"/>
+      <c r="D168" t="inlineStr"/>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Max</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr"/>
+      <c r="H168" t="inlineStr"/>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr"/>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Full</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr"/>
+      <c r="D169" t="inlineStr"/>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Full</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr"/>
+      <c r="H169" t="inlineStr"/>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr"/>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Overview of all allies and buildings that have room for them.</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr"/>
+      <c r="D170" t="inlineStr"/>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>.Menu.Allies.Desc</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr"/>
+      <c r="H170" t="inlineStr"/>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr"/>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Allies</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr"/>
+      <c r="D171" t="inlineStr"/>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>.Menu.Allies.Title</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr"/>
+      <c r="H171" t="inlineStr"/>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr"/>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>List of all items in a store</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr"/>
+      <c r="D172" t="inlineStr"/>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.Desc</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr"/>
+      <c r="H172" t="inlineStr"/>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr"/>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Please open a shop first</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr"/>
+      <c r="D173" t="inlineStr"/>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.DescWarning</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr"/>
+      <c r="H173" t="inlineStr"/>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr"/>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr"/>
+      <c r="D174" t="inlineStr"/>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.Title</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr"/>
+      <c r="H174" t="inlineStr"/>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr"/>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr"/>
+      <c r="D175" t="inlineStr"/>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.GexStockWarning</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr"/>
+      <c r="H175" t="inlineStr"/>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr"/>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr"/>
+      <c r="D176" t="inlineStr"/>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Title</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr"/>
+      <c r="H176" t="inlineStr"/>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr"/>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr"/>
+      <c r="D177" t="inlineStr"/>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr"/>
+      <c r="H177" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>