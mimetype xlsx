--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H177"/>
+  <dimension ref="A1:H203"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,4053 +396,4641 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
-[...6 lines deleted...]
-      </c>
+          <t>Load current Beta</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr"/>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Boxes.Calculator.HelpLink</t>
+          <t>.Settings.Entry.LoadBeta2</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/en/gb-investments/</t>
+          <t>https://foe-helper.com/docs/en/cost-calculator/</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.GreatBuildings.HelpLink</t>
+          <t>.Boxes.Calculator.HelpLink</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
+          <t>Production</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/en/gb-calculator/</t>
+          <t>Productiegebouwen</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Boxes.OwnpartCalculator.HelpLink</t>
+          <t>.Boxes.Productions.Headings.production</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Cultural</t>
-[...6 lines deleted...]
-      </c>
+          <t>This building is in your inventory</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr"/>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.culture</t>
+          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Collection</t>
-[...6 lines deleted...]
-      </c>
+          <t>City Grid Score</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr"/>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.earning</t>
+          <t>.Boxes.CityMap.CityGridScore</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Goods</t>
-[...6 lines deleted...]
-      </c>
+          <t>How much is expected per FSP-kit?</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.goods</t>
+          <t>.Boxes.ProductionsRating.TitleFSPCalculator</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Production</t>
-[...6 lines deleted...]
-      </c>
+          <t>Overview of all allies and buildings that have room for them.</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.production</t>
+          <t>.Menu.Allies.Desc</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Random</t>
-[...6 lines deleted...]
-      </c>
+          <t>Only Unlocked</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.random_production</t>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Residential</t>
-[...6 lines deleted...]
-      </c>
+          <t>Boost Sources</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.residential</t>
+          <t>.Boxes.BoostList.Title</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>DD/MMM/YYYY</t>
-[...6 lines deleted...]
-      </c>
+          <t>Open Profile Summary</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>.Date</t>
-[...7 lines deleted...]
-      </c>
+          <t>.Boxes.PlayerProfile.Tooltip</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>DD/MMM/YY @ HH:mm:ss a</t>
-[...6 lines deleted...]
-      </c>
+          <t>road required</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>.DateTime</t>
+          <t>.Boxes.Tooltip.Building.road</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Normalize Values</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>.Menu.Kits.Desc</t>
+          <t>.Boxes.Stats.BtnToggleRenormalize</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Sets and Chains</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat Building Selection</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>.Menu.Kits.Title</t>
+          <t>.Settings.Entry.RepeatSelectBuilding</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/negotiation</t>
-[...6 lines deleted...]
-      </c>
+          <t>Comparisons from your city</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>.Boxes.Negotiation.HelpLink</t>
+          <t>.Boxes.ProductionsRating.TooltipTitle</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/stats</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.HelpLink</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/incidents</t>
-[...6 lines deleted...]
-      </c>
+          <t>Progress</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>.Boxes.HiddenRewards.HelpLink</t>
+          <t>.Boxes.QiProgress.Progress</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Roadless buildings</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Gilde expeditie</t>
+          <t>Markeer gebouwen die geen wegen nodig hebben</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.Guildexpedition</t>
+          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Lower Era buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Relative time</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.HighlightOldBuildings</t>
+          <t>.Boxes.Productions.RelativeTime</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
-[...6 lines deleted...]
-      </c>
+          <t>Costs</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Boxes.Tooltip.Building.costs</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Other</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat last Building Selection</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.generic_building</t>
+          <t>.Settings.RepeatSelectBuilding.Title</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Speciale gebouwen</t>
+          <t>Bij Productie, Populatie en Tevredenheid waarden wordt ervan uitgegaan uit dat de constructie van je gebouwen voltooid is.</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>For guild events you have to visit the GBG map first</t>
-[...6 lines deleted...]
-      </c>
+          <t>Max</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.VisitGGMapBefore</t>
+          <t>.Boxes.ShopAssist.Max</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Military</t>
-[...6 lines deleted...]
-      </c>
+          <t>Add buildings from your inventory to the list</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Menu.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Size-list in Reconstruction Mode</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Settings.Entry.ShowReconstructionList</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Roadless buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pop Game (e.g. Fall Event)</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show FSP Calculator</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr"/>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Explainer</t>
+          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Only highlights</t>
-[...6 lines deleted...]
-      </c>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr"/>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Show Item column</t>
-[...6 lines deleted...]
-      </c>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr"/>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowItems</t>
+          <t>.Boxes.General.Guild_Expedition.short</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Add Building</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show progress filter</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr"/>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Boxes.QiProgress.ShowProgressFilter</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
-[...6 lines deleted...]
-      </c>
+          <t>Offset to servertime (minutes)</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr"/>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.GuildFights.serverOffset</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>12 hour clock</t>
-[...2 lines deleted...]
-      <c r="C34" t="inlineStr"/>
+          <t>Show Item column</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Verberg items</t>
+        </is>
+      </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AMPMTime</t>
+          <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Relative time</t>
+          <t>24 hour clock</t>
         </is>
       </c>
       <c r="C35" t="inlineStr"/>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.RelativeTime</t>
+          <t>.Boxes.Productions.Time24</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>24 hour clock</t>
-[...2 lines deleted...]
-      <c r="C36" t="inlineStr"/>
+          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Toon allen bestaande gebouwen, upgrade en selectie kits.</t>
+        </is>
+      </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Time24</t>
+          <t>.Menu.Kits.Desc</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Boost</t>
+          <t>Traits</t>
         </is>
       </c>
       <c r="C37" t="inlineStr"/>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>.General.Boost</t>
+          <t>.Boxes.Tooltip.Building.traits</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Actions</t>
-[...2 lines deleted...]
-      <c r="C38" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/en/gb-calculator/</t>
+        </is>
+      </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Actions</t>
+          <t>.Boxes.OwnpartCalculator.HelpLink</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Progress</t>
-[...2 lines deleted...]
-      <c r="C39" t="inlineStr"/>
+          <t>DD/MMM/YYYY</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>DD-MM-YY</t>
+        </is>
+      </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Progress</t>
-[...2 lines deleted...]
-      <c r="G39" t="inlineStr"/>
+          <t>.Date</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Is the order of items (Y, M, D) rearrangable as well ?
+(I would strongly urge you to use iso-8601 otherwise)</t>
+        </is>
+      </c>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>QI Round</t>
+          <t>Bar full:</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.QiRound</t>
+          <t>.Boxes.QIActions.FullAt</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Show progress filter</t>
+          <t>Finish Special Production Fragment</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowProgressFilter</t>
+          <t>.Boxes.Productions.FSP</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Show QI round selector</t>
+          <t>Missing</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowRoundSelector</t>
+          <t>.Boxes.ShopAssist.Missing</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>QI Snapshot Log</t>
+          <t>display times in server time</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapshotLog</t>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Disclaimer: This data is based on your collected data. The numbers shown here are probably not 100% accurate. You'd have to open the list at midnight for them to be correct.</t>
+          <t>QI</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapShotLogDisclaimer</t>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>QI Overview</t>
+          <t>Ascended/limited buildings</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Title</t>
+          <t>.Boxes.CityMap.limited</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Reconstruction Size List</t>
-[...2 lines deleted...]
-      <c r="C46" t="inlineStr"/>
+          <t>Sets and Chains</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Gebouw Kits</t>
+        </is>
+      </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>.Boxes.ReconstructionList.Title</t>
+          <t>.Menu.Kits.Title</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>after</t>
+          <t>Expected activation costs</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.after</t>
+          <t>.Boxes.GexStat.UnlockingCosts</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>when</t>
+          <t>7d</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.when</t>
+          <t>.Boxes.Alerts.Time.7d</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>can be polished</t>
+          <t>can not be plundered</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canPolish</t>
+          <t>.Boxes.Tooltip.Building.noPlunder</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>can be motivated</t>
+          <t>GBG Player Pop Up</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canMotivate</t>
+          <t>.Settings.ShowGBGPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Add unique inhabitant</t>
-[...2 lines deleted...]
-      <c r="C51" t="inlineStr"/>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>Let op: Niet alle gebouwen zijn mogelijk in het tijdperk dat naast de naam staat. controleer de kaart om zeker te zijn!</t>
+        </is>
+      </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.addInhabitant</t>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Historical Ally Rooms</t>
+          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.allyRooms</t>
+          <t>.Settings.ShowQIPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Provides</t>
-[...2 lines deleted...]
-      <c r="C53" t="inlineStr"/>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>Andere gebouwen</t>
+        </is>
+      </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.provides</t>
+          <t>.Boxes.Productions.Headings.generic_building</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Produces</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.produces</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>copy attack colors</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.costs</t>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>road required</t>
+          <t>Full</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road</t>
+          <t>.Boxes.ShopAssist.Full</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>2-lane road required</t>
+          <t>List of all items in a store</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road2</t>
+          <t>.Menu.ShopAssist.Desc</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Traits</t>
+          <t>Idle Game (e.g. St. Patricks)</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.traits</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>can not be plundered</t>
+          <t>Single</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.noPlunder</t>
+          <t>.Boxes.ShopAssist.Single</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>is affected by life support</t>
+          <t>Reset to default</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.lifeSupport</t>
+          <t>.Boxes.ProductionsRating.Reset</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Size and Building Time</t>
+          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.size+time</t>
+          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Date</t>
+          <t>New FoE Helper Version installed</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>.General.Date</t>
+          <t>.Menu.NewVersion.Title</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Items</t>
+          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>.General.Items</t>
+          <t>.Boxes.PlayerProfile.OpenProduction</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>can be polished</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>.Settings.Entry.LoadBeta2</t>
+          <t>.Boxes.Tooltip.Building.canPolish</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Size-list in Reconstruction Mode</t>
+          <t>Settlement Playthroughs</t>
         </is>
       </c>
       <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowReconstructionList</t>
+          <t>.Boxes.PlayerProfile.Settlements</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
+          <t>QI Player Pop Up</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Desc</t>
+          <t>.Settings.ShowQIPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>Reconstruction Size List</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Title</t>
+          <t>.Boxes.ReconstructionList.Title</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
           <t>Download Beta Extension</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>.Settings.LoadBeta2.Button</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Provides a sortable list of all buildings and their sizes in resonstruction mode</t>
+          <t>Hide most details</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>.Settings.ShowReconstructionList.Desc</t>
+          <t>.Settings.ShowOwnPartMinView.Desc</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Display size-list in reconstruction mode</t>
+          <t>QI Player list</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>.Settings.ShowReconstructionList.Title</t>
+          <t>.Settings.Entry.ShowQIPlayerInfo</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Ascendable buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
+          <t>.Boxes.CityMap.roadless</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Decayed buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Player Profile</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
+          <t>.Menu.PlayerProfile.Title</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Finish Special Production Fragment</t>
+          <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FSP</t>
+          <t>.Settings.BlockCollectAll.Title</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Reset to default</t>
+          <t>Hide</t>
         </is>
       </c>
       <c r="C74" t="inlineStr"/>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Reset</t>
+          <t>.Boxes.ProductionsRating.Hide</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Confirm Reset?</t>
-[...2 lines deleted...]
-      <c r="C75" t="inlineStr"/>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Je kan sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+        </is>
+      </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ConfirmReset</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Repeat Building Selection</t>
+          <t>Item Shop</t>
         </is>
       </c>
       <c r="C76" t="inlineStr"/>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RepeatSelectBuilding</t>
+          <t>.Boxes.ShopAssist.Shop</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Repeat last Building Selection</t>
+          <t>Show Great Buildings</t>
         </is>
       </c>
       <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Title</t>
+          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
-[...2 lines deleted...]
-      <c r="C78" t="inlineStr"/>
+          <t>Add Building</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Voeg Speciaal Gebouw toe</t>
+        </is>
+      </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Desc</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
-[...2 lines deleted...]
-      <c r="C79" t="inlineStr"/>
+          <t>Random</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Willekeurige producties</t>
+        </is>
+      </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OpenProduction</t>
+          <t>.Boxes.Productions.Headings.random_production</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Settlement Playthroughs</t>
+          <t>GE Goods Use</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Settlements</t>
+          <t>.Settings.GexStockWarning.Title</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Open Profile Summary</t>
-[...2 lines deleted...]
-      <c r="C81" t="inlineStr"/>
+          <t>Ascendable buildings</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>Markeer Upgradebare gebouwen</t>
+        </is>
+      </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Tooltip</t>
+          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Minimum Score</t>
+          <t>All</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
+          <t>.Boxes.ShopAssist.All</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>This building is in your inventory</t>
+          <t>Can be bought</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
+          <t>.Boxes.ShopAssist.canBeBought</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>https://docs.foe-helper.com/english/module/alerts</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
+          <t>.Boxes.Alerts.HelpLink</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Gain per hour:</t>
+          <t>Change in Copy Behavior!</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Rate</t>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Visit the settlement to correct the value</t>
+          <t>Highlight</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Warning</t>
+          <t>.Boxes.CityMap.Highlight</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Bar full:</t>
+          <t>Wiki / Documentation: Feature documentation.</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.FullAt</t>
+          <t>.Settings.Help.Documentation</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Unique Building</t>
-[...2 lines deleted...]
-      <c r="C88" t="inlineStr"/>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>Je zult sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+        </is>
+      </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.isUnique</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t>New FoE Helper Version installed</t>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Title</t>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Click here to see the changes:</t>
+          <t>Top 10%</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Desc</t>
+          <t>.Boxes.ProductionsRating.top10percent</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>GBG Player list</t>
+          <t>Do not show items with this currency</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>QI Player list</t>
+          <t>Advanced Settings</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowQIPlayerInfo</t>
+          <t>.Settings.EventHelper.Advanced</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
+          <t>Only show inventory buildings with a rating equal or higher than x</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>GBG Player Pop Up</t>
-[...2 lines deleted...]
-      <c r="C94" t="inlineStr"/>
+          <t>Special</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Speciale gebouwen</t>
+        </is>
+      </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Title</t>
+          <t>.Boxes.Productions.Headings.off_grid</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>Provides</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGRewards</t>
+          <t>.Boxes.Tooltip.Building.provides</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
+          <t>Size and Building Time</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Desc</t>
+          <t>.Boxes.Tooltip.Building.size+time</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>GBG Player list</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Title</t>
+          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Hide most details</t>
-[...2 lines deleted...]
-      <c r="C98" t="inlineStr"/>
+          <t>Only highlights</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Alleen gemarkeerde gebouwen</t>
+        </is>
+      </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMinView.Desc</t>
+          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Open automatically</t>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Desc</t>
+          <t>.Settings.Entry.ShowAllyList</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>QI Player Pop Up</t>
-[...2 lines deleted...]
-      <c r="C101" t="inlineStr"/>
+          <t>buildings total</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aantal Gebouwen: </t>
+        </is>
+      </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Title</t>
+          <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowAllyList</t>
+          <t>.Settings.ShowGBGRewards.Desc</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Desc</t>
+          <t>.Boxes.FPCollector.null</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Open Ally Overview</t>
-[...2 lines deleted...]
-      <c r="C104" t="inlineStr"/>
+          <t>Goods</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>Goederengebouwen</t>
+        </is>
+      </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Title</t>
+          <t>.Boxes.Productions.Headings.goods</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Present Game (e.g. Winter Event)</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.GexTrial</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Allies</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GexTrial</t>
+          <t>.Menu.Allies.Title</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Game Play</t>
+          <t>is affected by life support</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.GamePlay</t>
+          <t>.Boxes.Tooltip.Building.lifeSupport</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Normalize Values</t>
+          <t>Buildings from QI</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.BtnToggleRenormalize</t>
+          <t>.Boxes.CityMap.buildingFromQI</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Worst rated buildings</t>
+          <t>Confirm Reset?</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowWorstBuildings</t>
+          <t>.Boxes.ProductionsRating.ConfirmReset</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Show on city map</t>
+          <t>Disclaimer: This data is based on your collected data. The numbers shown here are probably not 100% accurate. You'd have to open the list at midnight for them to be correct.</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>.Boxes.General.ShowOnMap</t>
+          <t>.Boxes.QiProgress.SnapShotLogDisclaimer</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Highest level of this building</t>
-[...2 lines deleted...]
-      <c r="C111" t="inlineStr"/>
+          <t>Residential</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>Woongebouwen</t>
+        </is>
+      </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.maxBuilding</t>
+          <t>.Boxes.Productions.Headings.residential</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Chains</t>
+          <t>Buildings from GBG</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Chains</t>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Sets</t>
+          <t>https://docs.foe-helper.com/english/module/efficiency</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Sets</t>
+          <t>.Boxes.ProductionsRating.HelpLink</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Only show inventory buildings with a rating equal or higher than x</t>
-[...2 lines deleted...]
-      <c r="C114" t="inlineStr"/>
+          <t>5h</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>5u</t>
+        </is>
+      </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Shows only buildings from search results, buildings you added manually and buildings you highlighted yourself</t>
+          <t>Opening the Item Shop will open an overview.</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlightedExplanation</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Add buildings from your inventory to the list</t>
+          <t>Worst rated buildings</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
+          <t>.Boxes.CityMap.ShowWorstBuildings</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Following combinations are possible</t>
+          <t>Please open a shop first</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Efficiency.description</t>
+          <t>.Menu.ShopAssist.DescWarning</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Help</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ExplainerHead</t>
+          <t>.Boxes.General.Guild_Expedition</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Best</t>
-[...2 lines deleted...]
-      <c r="C119" t="inlineStr"/>
+          <t>Lower Era buildings</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Markeer lagere tijdperk gebouwen</t>
+        </is>
+      </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Best</t>
+          <t>.Boxes.CityMap.HighlightOldBuildings</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Top 5</t>
+          <t>Game Play</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Fifth</t>
+          <t>.Boxes.PlayerProfile.GamePlay</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Top 10%</t>
-[...2 lines deleted...]
-      <c r="C121" t="inlineStr"/>
+          <t>For guild events you have to visit the GBG map first</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Voor gilde evenementen moet je eerst de gildestrijd kaart bezoeken</t>
+        </is>
+      </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.top10percent</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Comparisons from your city</t>
+          <t>Gain per hour:</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TooltipTitle</t>
+          <t>.Boxes.QIActions.Rate</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>How much is expected per FSP-kit?</t>
-[...2 lines deleted...]
-      <c r="C123" t="inlineStr"/>
+          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Hoe werkt het? Selecteer hoeveel elk van je gebouwen idealiter per tegel zou moeten produceren. De balans tussen alle geselecteerde waarden is belangrijk voor de uiteindelijke beoordeling. Als je meer dan één gebouw van hetzelfde type hebt, wordt alleen het gebouw met het hoogste tijdperk geëvalueerd.</t>
+        </is>
+      </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TitleFSPCalculator</t>
+          <t>.Boxes.ProductionsRating.Explainer</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Show FSP Calculator</t>
+          <t>after</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
+          <t>.Boxes.Tooltip.Building.after</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition</t>
+          <t>.Boxes.ShopAssist.Costs</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
+          <t>Shows only buildings from search results, buildings you added manually and buildings you highlighted yourself</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.Title</t>
+          <t>.Boxes.ProductionsRating.ShowHighlightedExplanation</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Expected activation costs</t>
+          <t>per Era</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.UnlockingCosts</t>
+          <t>.Boxes.Tooltip.Building.perEra</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>started playing on __date__</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DateStarted</t>
+          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/alerts</t>
+          <t>12 hour clock</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.HelpLink</t>
+          <t>.Boxes.Productions.AMPMTime</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/ally</t>
-[...2 lines deleted...]
-      <c r="C130" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/incidents</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/2/incidents</t>
+        </is>
+      </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.HelpLink</t>
+          <t>.Boxes.HiddenRewards.HelpLink</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
+          <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>.Boxes.BlueGalaxy.HelpLink</t>
+          <t>.Settings.Entry.BlockCollectAll</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/efficiency</t>
+          <t>QI Snapshot Log</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.HelpLink</t>
+          <t>.Boxes.QiProgress.SnapshotLog</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Wiki / Documentation: Feature documentation.</t>
+          <t>https://docs.foe-helper.com/english/module/town</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>.Settings.Help.Documentation</t>
+          <t>.Boxes.CityMap.HelpLink</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>Chains</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.Kits.Chains</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Player Profile</t>
+          <t>Collectable soon: __hours__ hours</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Title</t>
+          <t>.Boxes.CityMap.CollectSoon</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
-[...2 lines deleted...]
-      <c r="C136" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Markeer gedowngrade gebouwen</t>
+        </is>
+      </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Warning</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Boost</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Title</t>
+          <t>.General.Boost</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
+          <t>.Menu.PlayerProfile.Warning</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+          <t>Add unique inhabitant</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperMerge</t>
+          <t>.Boxes.Tooltip.Building.addInhabitant</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
+          <t>Minimum Score</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Open Ally Overview</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Settings.ShowAllyList.Title</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Boxes.GuildMemberStat.GexTrial</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>Advanced Settings</t>
-[...2 lines deleted...]
-      <c r="C143" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/stats</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/en/statistics/</t>
+        </is>
+      </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.Advanced</t>
+          <t>.Boxes.Stats.HelpLink</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Enable Event helpers</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.All</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C145" t="inlineStr"/>
+          <t>Cultural</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Culturele gebouwen</t>
+        </is>
+      </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Boxes.Productions.Headings.culture</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Settings.GexStockWarning.Desc</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Item Shop</t>
+          <t>Visit the settlement to correct the value</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Shop</t>
+          <t>.Boxes.QIActions.Warning</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Can be bought</t>
+          <t>2-lane road required</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.canBeBought</t>
+          <t>.Boxes.Tooltip.Building.road2</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Top 5</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Costs</t>
+          <t>.Boxes.ProductionsRating.Fifth</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Offer</t>
-[...2 lines deleted...]
-      <c r="C150" t="inlineStr"/>
+          <t>DD/MMM/YY @ HH:mm:ss a</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>DD-MM-YY HH:mm:ss a</t>
+        </is>
+      </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Item</t>
+          <t>.DateTime</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Inventory</t>
-[...2 lines deleted...]
-      <c r="C151" t="inlineStr"/>
+          <t>Guild Expedition</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Gilde expeditie</t>
+        </is>
+      </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Inventory</t>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Single</t>
-[...2 lines deleted...]
-      <c r="C152" t="inlineStr"/>
+          <t>Guild Goods</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>Gildekas Goederen</t>
+        </is>
+      </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Single</t>
+          <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Missing</t>
+          <t>Provides a sortable list of all buildings and their sizes in resonstruction mode</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Missing</t>
+          <t>.Settings.ShowReconstructionList.Desc</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>when</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.All</t>
+          <t>.Boxes.Tooltip.Building.when</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
+          <t>Inventory</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Boxes.ShopAssist.Inventory</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
+          <t>Click here to see the changes:</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Menu.NewVersion.Desc</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>Enable Event helpers</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Settings.EventHelper.All</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Collectable soon: __hours__ hours</t>
+          <t>Help</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CollectSoon</t>
+          <t>.Boxes.ProductionsRating.ExplainerHead</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Highlight</t>
+          <t>Best</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.Highlight</t>
+          <t>.Boxes.ProductionsRating.Best</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Historical Ally Rooms</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
+          <t>.Boxes.Tooltip.Building.allyRooms</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>Hidden Reward</t>
+          <t>QI Overview</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.hidden_reward</t>
+          <t>.Boxes.QiProgress.Title</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Item Store</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.item_store</t>
+          <t>.Settings.Entry.ShowShopAssist</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Date</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.null</t>
+          <t>.General.Date</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Hide</t>
-[...2 lines deleted...]
-      <c r="C164" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/en/gb-investments/</t>
+        </is>
+      </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Hide</t>
+          <t>.Boxes.GreatBuildings.HelpLink</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Show Great Buildings</t>
+          <t>Items</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
+          <t>.General.Items</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>Show ascended/limited buildings</t>
+          <t>can be motivated</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
+          <t>.Boxes.Tooltip.Building.canMotivate</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>per Era</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.perEra</t>
+          <t>.Settings.Entry.ShowGBGRewards</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Max</t>
+          <t>Show on city map</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Max</t>
+          <t>.Boxes.General.ShowOnMap</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Full</t>
+          <t>Unique Building</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Full</t>
+          <t>.Boxes.Tooltip.Building.isUnique</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Overview of all allies and buildings that have room for them.</t>
+          <t>Offer</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Desc</t>
+          <t>.Boxes.ShopAssist.Item</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Allies</t>
+          <t>Disclaimer</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Title</t>
+          <t>.General.Disclaimer</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>List of all items in a store</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Desc</t>
+          <t>.Boxes.GexStat.GexTrial</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Please open a shop first</t>
+          <t>started playing on __date__</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.DescWarning</t>
+          <t>.Boxes.PlayerProfile.DateStarted</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Title</t>
+          <t>.Settings.ShowGBGRewards.Title</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.Settings.Entry.GexStockWarning</t>
+          <t>.Settings.ShowAllyList.Desc</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
-[...2 lines deleted...]
-      <c r="C176" t="inlineStr"/>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>Vervang de gilde- en spelersnamen met links naar de speler of het gildeprofiel op scoredb.io.&lt;br&gt;Vervangt gebouwen-set namen met links naar forgeofempires.fandom.com.</t>
+        </is>
+      </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Title</t>
+          <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+          <t>Hidden Reward</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Desc</t>
+          <t>.Boxes.FPCollector.hidden_reward</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr"/>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr"/>
+      <c r="D178" t="inlineStr"/>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.Title</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr"/>
+      <c r="H178" t="inlineStr"/>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr"/>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr"/>
+      <c r="D179" t="inlineStr"/>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>.Settings.LoadBeta2.Desc</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr"/>
+      <c r="H179" t="inlineStr"/>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr"/>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Actions</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr"/>
+      <c r="D180" t="inlineStr"/>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>.Boxes.QiProgress.Actions</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr"/>
+      <c r="H180" t="inlineStr"/>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr"/>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>Only Favorites</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr"/>
+      <c r="D181" t="inlineStr"/>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr"/>
+      <c r="H181" t="inlineStr"/>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr"/>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>Collection</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Collectie om</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr"/>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.earning</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr"/>
+      <c r="H182" t="inlineStr"/>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr"/>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/ally</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr"/>
+      <c r="D183" t="inlineStr"/>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>.Boxes.AllyList.HelpLink</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr"/>
+      <c r="H183" t="inlineStr"/>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr"/>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>QI Round</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr"/>
+      <c r="D184" t="inlineStr"/>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>.Boxes.QiProgress.QiRound</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr"/>
+      <c r="H184" t="inlineStr"/>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr"/>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Show QI round selector</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr"/>
+      <c r="D185" t="inlineStr"/>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>.Boxes.QiProgress.ShowRoundSelector</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr"/>
+      <c r="H185" t="inlineStr"/>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr"/>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr"/>
+      <c r="D186" t="inlineStr"/>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.GexStockWarning</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr"/>
+      <c r="H186" t="inlineStr"/>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr"/>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>Sets</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr"/>
+      <c r="D187" t="inlineStr"/>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>.Boxes.Kits.Sets</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr"/>
+      <c r="H187" t="inlineStr"/>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr"/>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Display size-list in reconstruction mode</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr"/>
+      <c r="D188" t="inlineStr"/>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>.Settings.ShowReconstructionList.Title</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr"/>
+      <c r="H188" t="inlineStr"/>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr"/>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>Military</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Militaire Gebouwen</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr"/>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>.Boxes.Productions.Headings.military</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr"/>
+      <c r="H189" t="inlineStr"/>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr"/>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/negotiation</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/2/negotioation-helper</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr"/>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>.Boxes.Negotiation.HelpLink</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr"/>
+      <c r="H190" t="inlineStr"/>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr"/>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>Following combinations are possible</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr"/>
+      <c r="D191" t="inlineStr"/>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>.Boxes.Tooltip.Efficiency.description</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr"/>
+      <c r="H191" t="inlineStr"/>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr"/>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr"/>
+      <c r="D192" t="inlineStr"/>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr"/>
+      <c r="H192" t="inlineStr"/>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr"/>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr"/>
+      <c r="D193" t="inlineStr"/>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>.Boxes.BlueGalaxy.HelpLink</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr"/>
+      <c r="H193" t="inlineStr"/>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr"/>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Produces</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr"/>
+      <c r="D194" t="inlineStr"/>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>.Boxes.Tooltip.Building.produces</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr"/>
+      <c r="H194" t="inlineStr"/>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr"/>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Item Store</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr"/>
+      <c r="D195" t="inlineStr"/>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>.Boxes.FPCollector.item_store</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr"/>
+      <c r="H195" t="inlineStr"/>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr"/>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Highest level of this building</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr"/>
+      <c r="D196" t="inlineStr"/>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>.Boxes.Kits.maxBuilding</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr"/>
+      <c r="H196" t="inlineStr"/>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr"/>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr"/>
+      <c r="D197" t="inlineStr"/>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>.Settings.EventHelperMerge</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr"/>
+      <c r="H197" t="inlineStr"/>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr"/>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr"/>
+      <c r="D198" t="inlineStr"/>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>.Settings.RepeatSelectBuilding.Desc</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr"/>
+      <c r="H198" t="inlineStr"/>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr"/>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr"/>
+      <c r="D199" t="inlineStr"/>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Desc</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr"/>
+      <c r="H199" t="inlineStr"/>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr"/>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>DD/MMM</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>DD-MMM</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr"/>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>True</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>.DateShort</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr"/>
+      <c r="H200" t="inlineStr"/>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr"/>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Open automatically</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr"/>
+      <c r="D201" t="inlineStr"/>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr"/>
+      <c r="H201" t="inlineStr"/>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr"/>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr"/>
+      <c r="D202" t="inlineStr"/>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr"/>
+      <c r="H202" t="inlineStr"/>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr"/>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Load current Beta</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr"/>
+      <c r="D203" t="inlineStr"/>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>.Settings.LoadBeta2.Title</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr"/>
+      <c r="H203" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>