--- v2 (2026-01-01)
+++ v3 (2026-02-16)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H203"/>
+  <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,4641 +396,4755 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
-[...2 lines deleted...]
-      <c r="C2" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/en/cost-calculator/</t>
+        </is>
+      </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Settings.Entry.LoadBeta2</t>
+          <t>.Boxes.Calculator.HelpLink</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-cost/</t>
+          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>https://foe-helper.com/docs/en/cost-calculator/</t>
+          <t>https://foe-helper.com/docs/en/gb-investments/</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.Calculator.HelpLink</t>
+          <t>.Boxes.GreatBuildings.HelpLink</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Production</t>
+          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Productiegebouwen</t>
+          <t>https://foe-helper.com/docs/en/gb-calculator/</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.production</t>
+          <t>.Boxes.OwnpartCalculator.HelpLink</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>This building is in your inventory</t>
-[...2 lines deleted...]
-      <c r="C5" t="inlineStr"/>
+          <t>Cultural</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Culturele gebouwen</t>
+        </is>
+      </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
+          <t>.Boxes.Productions.Headings.culture</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>City Grid Score</t>
-[...2 lines deleted...]
-      <c r="C6" t="inlineStr"/>
+          <t>Collection</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Collectie om</t>
+        </is>
+      </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CityGridScore</t>
+          <t>.Boxes.Productions.Headings.earning</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>How much is expected per FSP-kit?</t>
-[...2 lines deleted...]
-      <c r="C7" t="inlineStr"/>
+          <t>Goods</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Goederengebouwen</t>
+        </is>
+      </c>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TitleFSPCalculator</t>
+          <t>.Boxes.Productions.Headings.goods</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Overview of all allies and buildings that have room for them.</t>
-[...2 lines deleted...]
-      <c r="C8" t="inlineStr"/>
+          <t>Production</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Productiegebouwen</t>
+        </is>
+      </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Desc</t>
+          <t>.Boxes.Productions.Headings.production</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
-[...2 lines deleted...]
-      <c r="C9" t="inlineStr"/>
+          <t>Random</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Willekeurige producties</t>
+        </is>
+      </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Boxes.Productions.Headings.random_production</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Boost Sources</t>
-[...2 lines deleted...]
-      <c r="C10" t="inlineStr"/>
+          <t>Residential</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Woongebouwen</t>
+        </is>
+      </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>.Boxes.BoostList.Title</t>
+          <t>.Boxes.Productions.Headings.residential</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Open Profile Summary</t>
-[...2 lines deleted...]
-      <c r="C11" t="inlineStr"/>
+          <t>DD/MMM/YYYY</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>DD-MM-YY</t>
+        </is>
+      </c>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Tooltip</t>
-[...2 lines deleted...]
-      <c r="G11" t="inlineStr"/>
+          <t>.Date</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Is the order of items (Y, M, D) rearrangable as well ?
+(I would strongly urge you to use iso-8601 otherwise)</t>
+        </is>
+      </c>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>road required</t>
-[...2 lines deleted...]
-      <c r="C12" t="inlineStr"/>
+          <t>DD/MMM/YY @ HH:mm:ss a</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>DD-MM-YY HH:mm:ss a</t>
+        </is>
+      </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road</t>
+          <t>.DateTime</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Normalize Values</t>
-[...2 lines deleted...]
-      <c r="C13" t="inlineStr"/>
+          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Toon allen bestaande gebouwen, upgrade en selectie kits.</t>
+        </is>
+      </c>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.BtnToggleRenormalize</t>
+          <t>.Menu.Kits.Desc</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Repeat Building Selection</t>
-[...2 lines deleted...]
-      <c r="C14" t="inlineStr"/>
+          <t>Sets and Chains</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Gebouw Kits</t>
+        </is>
+      </c>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>.Settings.Entry.RepeatSelectBuilding</t>
+          <t>.Menu.Kits.Title</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Comparisons from your city</t>
-[...2 lines deleted...]
-      <c r="C15" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/negotiation</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/2/negotioation-helper</t>
+        </is>
+      </c>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.TooltipTitle</t>
+          <t>.Boxes.Negotiation.HelpLink</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C16" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/stats</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/en/statistics/</t>
+        </is>
+      </c>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Boxes.Stats.HelpLink</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Progress</t>
-[...2 lines deleted...]
-      <c r="C17" t="inlineStr"/>
+          <t>https://docs.foe-helper.com/english/module/incidents</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>https://foe-helper.com/docs/2/incidents</t>
+        </is>
+      </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Progress</t>
+          <t>.Boxes.HiddenRewards.HelpLink</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Roadless buildings</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Markeer gebouwen die geen wegen nodig hebben</t>
+          <t>Gilde expeditie</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
+          <t>.Boxes.FPCollector.Guildexpedition</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Relative time</t>
-[...2 lines deleted...]
-      <c r="C19" t="inlineStr"/>
+          <t>Lower Era buildings</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Markeer lagere tijdperk gebouwen</t>
+        </is>
+      </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.RelativeTime</t>
+          <t>.Boxes.CityMap.HighlightOldBuildings</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Costs</t>
-[...2 lines deleted...]
-      <c r="C20" t="inlineStr"/>
+          <t>Guild Goods</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Gildekas Goederen</t>
+        </is>
+      </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.costs</t>
-[...2 lines deleted...]
-      <c r="G20" t="inlineStr"/>
+          <t>.Boxes.GuildMemberStat.GuildGoods</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Gildekas Goederen</t>
+        </is>
+      </c>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Repeat last Building Selection</t>
-[...2 lines deleted...]
-      <c r="C21" t="inlineStr"/>
+          <t>DD/MMM</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>DD-MMM</t>
+        </is>
+      </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Title</t>
+          <t>.DateShort</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction.</t>
+          <t>Other</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Bij Productie, Populatie en Tevredenheid waarden wordt ervan uitgegaan uit dat de constructie van je gebouwen voltooid is.</t>
+          <t>Andere gebouwen</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.QIHint</t>
+          <t>.Boxes.Productions.Headings.generic_building</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Max</t>
-[...2 lines deleted...]
-      <c r="C23" t="inlineStr"/>
+          <t>Special</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Speciale gebouwen</t>
+        </is>
+      </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Max</t>
+          <t>.Boxes.Productions.Headings.off_grid</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Add buildings from your inventory to the list</t>
-[...2 lines deleted...]
-      <c r="C24" t="inlineStr"/>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Vervang de gilde- en spelersnamen met links naar de speler of het gildeprofiel op scoredb.io.&lt;br&gt;Vervangt gebouwen-set namen met links naar forgeofempires.fandom.com.</t>
+        </is>
+      </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
+          <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C25" t="inlineStr"/>
+          <t>For guild events you have to visit the GBG map first</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Voor gilde evenementen moet je eerst de gildestrijd kaart bezoeken</t>
+        </is>
+      </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Title</t>
+          <t>.Boxes.Discord.VisitGGMapBefore</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Size-list in Reconstruction Mode</t>
-[...2 lines deleted...]
-      <c r="C26" t="inlineStr"/>
+          <t>Military</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Militaire Gebouwen</t>
+        </is>
+      </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowReconstructionList</t>
+          <t>.Boxes.Productions.Headings.military</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Show ascended/limited buildings</t>
-[...2 lines deleted...]
-      <c r="C27" t="inlineStr"/>
+          <t>You will die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Je zult sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+        </is>
+      </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
+          <t>.Boxes.cardGame.WarningCertainDeath</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
-[...2 lines deleted...]
-      <c r="C28" t="inlineStr"/>
+          <t>You might die playing this card! Consider redrawing or buying health.</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Je kan sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+        </is>
+      </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Boxes.cardGame.WarningPossibleDeath</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Show FSP Calculator</t>
-[...2 lines deleted...]
-      <c r="C29" t="inlineStr"/>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Markeer gebouwen die geen wegen nodig hebben</t>
+        </is>
+      </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
+          <t>.Boxes.CityMap.ShowNoStreetBuildings</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>GBG</t>
-[...2 lines deleted...]
-      <c r="C30" t="inlineStr"/>
+          <t>Displayed values assume your buildings have finished construction.</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Bij Productie, Populatie en Tevredenheid waarden wordt ervan uitgegaan uit dat de constructie van je gebouwen voltooid is.</t>
+        </is>
+      </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+          <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>GE</t>
-[...2 lines deleted...]
-      <c r="C31" t="inlineStr"/>
+          <t>5h</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>5u</t>
+        </is>
+      </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition.short</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Show progress filter</t>
-[...2 lines deleted...]
-      <c r="C32" t="inlineStr"/>
+          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Hoe werkt het? Selecteer hoeveel elk van je gebouwen idealiter per tegel zou moeten produceren. De balans tussen alle geselecteerde waarden is belangrijk voor de uiteindelijke beoordeling. Als je meer dan één gebouw van hetzelfde type hebt, wordt alleen het gebouw met het hoogste tijdperk geëvalueerd.</t>
+        </is>
+      </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowProgressFilter</t>
+          <t>.Boxes.ProductionsRating.Explainer</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Offset to servertime (minutes)</t>
-[...2 lines deleted...]
-      <c r="C33" t="inlineStr"/>
+          <t>Only highlights</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Alleen gemarkeerde gebouwen</t>
+        </is>
+      </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.serverOffset</t>
+          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
           <t>Show Item column</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Verberg items</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>24 hour clock</t>
-[...2 lines deleted...]
-      <c r="C35" t="inlineStr"/>
+          <t>Add Building</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Voeg Speciaal Gebouw toe</t>
+        </is>
+      </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Time24</t>
+          <t>.Boxes.ProductionsRating.AddBuilding</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Displays all your in-stock buildings, upgrades, and selection kits from Sets and Chains.</t>
+          <t>buildings total</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Toon allen bestaande gebouwen, upgrade en selectie kits.</t>
+          <t xml:space="preserve">Aantal Gebouwen: </t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>.Menu.Kits.Desc</t>
+          <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Traits</t>
-[...2 lines deleted...]
-      <c r="C37" t="inlineStr"/>
+          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Let op: Niet alle gebouwen zijn mogelijk in het tijdperk dat naast de naam staat. controleer de kaart om zeker te zijn!</t>
+        </is>
+      </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.traits</t>
+          <t>.Boxes.ProductionsRating.CountTooltip</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-calculator</t>
-[...6 lines deleted...]
-      </c>
+          <t>12 hour clock</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr"/>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>.Boxes.OwnpartCalculator.HelpLink</t>
+          <t>.Boxes.Productions.AMPMTime</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
-          <t>DD/MMM/YYYY</t>
-[...6 lines deleted...]
-      </c>
+          <t>Relative time</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr"/>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>.Date</t>
-[...7 lines deleted...]
-      </c>
+          <t>.Boxes.Productions.RelativeTime</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr"/>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Bar full:</t>
+          <t>24 hour clock</t>
         </is>
       </c>
       <c r="C40" t="inlineStr"/>
       <c r="D40" t="inlineStr"/>
       <c r="E40" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.FullAt</t>
+          <t>.Boxes.Productions.Time24</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Finish Special Production Fragment</t>
+          <t>Boost</t>
         </is>
       </c>
       <c r="C41" t="inlineStr"/>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.FSP</t>
+          <t>.General.Boost</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Missing</t>
+          <t>Actions</t>
         </is>
       </c>
       <c r="C42" t="inlineStr"/>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Missing</t>
+          <t>.Boxes.QiProgress.Actions</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
-          <t>display times in server time</t>
+          <t>Progress</t>
         </is>
       </c>
       <c r="C43" t="inlineStr"/>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.ShowServerTime</t>
+          <t>.Boxes.QiProgress.Progress</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
-          <t>QI</t>
+          <t>QI Round</t>
         </is>
       </c>
       <c r="C44" t="inlineStr"/>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>.Boxes.General.Quantum_Incursion.short</t>
+          <t>.Boxes.QiProgress.QiRound</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Ascended/limited buildings</t>
+          <t>Show progress filter</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.limited</t>
+          <t>.Boxes.QiProgress.ShowProgressFilter</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Sets and Chains</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show QI round selector</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr"/>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>.Menu.Kits.Title</t>
+          <t>.Boxes.QiProgress.ShowRoundSelector</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Expected activation costs</t>
+          <t>QI Snapshot Log</t>
         </is>
       </c>
       <c r="C47" t="inlineStr"/>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.UnlockingCosts</t>
+          <t>.Boxes.QiProgress.SnapshotLog</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
-          <t>7d</t>
+          <t>Disclaimer: This data is based on your collected data. The numbers shown here are probably not 100% accurate. You'd have to open the list at midnight for them to be correct.</t>
         </is>
       </c>
       <c r="C48" t="inlineStr"/>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.7d</t>
+          <t>.Boxes.QiProgress.SnapShotLogDisclaimer</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
-          <t>can not be plundered</t>
+          <t>QI Overview</t>
         </is>
       </c>
       <c r="C49" t="inlineStr"/>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.noPlunder</t>
+          <t>.Boxes.QiProgress.Title</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
-          <t>GBG Player Pop Up</t>
+          <t>Reconstruction Size List</t>
         </is>
       </c>
       <c r="C50" t="inlineStr"/>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Title</t>
+          <t>.Boxes.ReconstructionList.Title</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Current amount placed in your city. Please note: Not all buildings might be in the era that is shown next to the name. Check the map to be sure!</t>
-[...6 lines deleted...]
-      </c>
+          <t>after</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr"/>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.CountTooltip</t>
+          <t>.Boxes.Tooltip.Building.after</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
+          <t>when</t>
         </is>
       </c>
       <c r="C52" t="inlineStr"/>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Desc</t>
+          <t>.Boxes.Tooltip.Building.when</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Other</t>
-[...6 lines deleted...]
-      </c>
+          <t>can be polished</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr"/>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.generic_building</t>
+          <t>.Boxes.Tooltip.Building.canPolish</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>can be motivated</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.Tooltip.Building.canMotivate</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
-          <t>copy attack colors</t>
+          <t>Add unique inhabitant</t>
         </is>
       </c>
       <c r="C55" t="inlineStr"/>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.ShowTileColors</t>
+          <t>.Boxes.Tooltip.Building.addInhabitant</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Full</t>
+          <t>Historical Ally Rooms</t>
         </is>
       </c>
       <c r="C56" t="inlineStr"/>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Full</t>
+          <t>.Boxes.Tooltip.Building.allyRooms</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
-          <t>List of all items in a store</t>
+          <t>Provides</t>
         </is>
       </c>
       <c r="C57" t="inlineStr"/>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Desc</t>
+          <t>.Boxes.Tooltip.Building.provides</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Produces</t>
         </is>
       </c>
       <c r="C58" t="inlineStr"/>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Boxes.Tooltip.Building.produces</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Single</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C59" t="inlineStr"/>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Single</t>
+          <t>.Boxes.Tooltip.Building.costs</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Reset to default</t>
+          <t>road required</t>
         </is>
       </c>
       <c r="C60" t="inlineStr"/>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Reset</t>
+          <t>.Boxes.Tooltip.Building.road</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
+          <t>2-lane road required</t>
         </is>
       </c>
       <c r="C61" t="inlineStr"/>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
+          <t>.Boxes.Tooltip.Building.road2</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
-          <t>New FoE Helper Version installed</t>
+          <t>Traits</t>
         </is>
       </c>
       <c r="C62" t="inlineStr"/>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Title</t>
+          <t>.Boxes.Tooltip.Building.traits</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
-          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
+          <t>can not be plundered</t>
         </is>
       </c>
       <c r="C63" t="inlineStr"/>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OpenProduction</t>
+          <t>.Boxes.Tooltip.Building.noPlunder</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
-          <t>can be polished</t>
+          <t>is affected by life support</t>
         </is>
       </c>
       <c r="C64" t="inlineStr"/>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canPolish</t>
+          <t>.Boxes.Tooltip.Building.lifeSupport</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Settlement Playthroughs</t>
+          <t>Size and Building Time</t>
         </is>
       </c>
       <c r="C65" t="inlineStr"/>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.Settlements</t>
+          <t>.Boxes.Tooltip.Building.size+time</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
-          <t>QI Player Pop Up</t>
+          <t>Date</t>
         </is>
       </c>
       <c r="C66" t="inlineStr"/>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>.Settings.ShowQIPlayerInfo.Title</t>
+          <t>.General.Date</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Reconstruction Size List</t>
+          <t>Items</t>
         </is>
       </c>
       <c r="C67" t="inlineStr"/>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>.Boxes.ReconstructionList.Title</t>
+          <t>.General.Items</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Download Beta Extension</t>
+          <t>Load current Beta</t>
         </is>
       </c>
       <c r="C68" t="inlineStr"/>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Button</t>
+          <t>.Settings.Entry.LoadBeta2</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Hide most details</t>
+          <t>Size-list in Reconstruction Mode</t>
         </is>
       </c>
       <c r="C69" t="inlineStr"/>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartMinView.Desc</t>
+          <t>.Settings.Entry.ShowReconstructionList</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
-          <t>QI Player list</t>
+          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
         </is>
       </c>
       <c r="C70" t="inlineStr"/>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowQIPlayerInfo</t>
+          <t>.Settings.LoadBeta2.Desc</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Roadless buildings</t>
+          <t>Load current Beta</t>
         </is>
       </c>
       <c r="C71" t="inlineStr"/>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.roadless</t>
+          <t>.Settings.LoadBeta2.Title</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Player Profile</t>
+          <t>Download Beta Extension</t>
         </is>
       </c>
       <c r="C72" t="inlineStr"/>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Title</t>
+          <t>.Settings.LoadBeta2.Button</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Collect All Blocker</t>
+          <t>Provides a sortable list of all buildings and their sizes in resonstruction mode</t>
         </is>
       </c>
       <c r="C73" t="inlineStr"/>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>.Settings.BlockCollectAll.Title</t>
+          <t>.Settings.ShowReconstructionList.Desc</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Hide</t>
+          <t>Display size-list in reconstruction mode</t>
         </is>
       </c>
       <c r="C74" t="inlineStr"/>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Hide</t>
+          <t>.Settings.ShowReconstructionList.Title</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
-          <t>You might die playing this card! Consider redrawing or buying health.</t>
+          <t>Ascendable buildings</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>Je kan sterven als je deze kaart speelt! Overweeg opnieuw te trekken of gezondheid te kopen!</t>
+          <t>Markeer Upgradebare gebouwen</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningPossibleDeath</t>
+          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Item Shop</t>
-[...2 lines deleted...]
-      <c r="C76" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Markeer gedowngrade gebouwen</t>
+        </is>
+      </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Shop</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Show Great Buildings</t>
+          <t>Finish Special Production Fragment</t>
         </is>
       </c>
       <c r="C77" t="inlineStr"/>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
+          <t>.Boxes.Productions.FSP</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Add Building</t>
-[...6 lines deleted...]
-      </c>
+          <t>Reset to default</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr"/>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.AddBuilding</t>
+          <t>.Boxes.ProductionsRating.Reset</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Random</t>
-[...6 lines deleted...]
-      </c>
+          <t>Confirm Reset?</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr"/>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.random_production</t>
+          <t>.Boxes.ProductionsRating.ConfirmReset</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>Repeat Building Selection</t>
         </is>
       </c>
       <c r="C80" t="inlineStr"/>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Title</t>
+          <t>.Settings.Entry.RepeatSelectBuilding</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Ascendable buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Repeat last Building Selection</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr"/>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowAscendableBuildings</t>
+          <t>.Settings.RepeatSelectBuilding.Title</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
         </is>
       </c>
       <c r="C82" t="inlineStr"/>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.All</t>
+          <t>.Settings.RepeatSelectBuilding.Desc</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Can be bought</t>
+          <t>To gather this data, please open the goods and guild goods tab in the Production overview.</t>
         </is>
       </c>
       <c r="C83" t="inlineStr"/>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.canBeBought</t>
+          <t>.Boxes.PlayerProfile.OpenProduction</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/alerts</t>
+          <t>Settlement Playthroughs</t>
         </is>
       </c>
       <c r="C84" t="inlineStr"/>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.HelpLink</t>
+          <t>.Boxes.PlayerProfile.Settlements</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Change in Copy Behavior!</t>
+          <t>Open Profile Summary</t>
         </is>
       </c>
       <c r="C85" t="inlineStr"/>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+          <t>.Boxes.PlayerProfile.Tooltip</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Highlight</t>
+          <t>Minimum Score</t>
         </is>
       </c>
       <c r="C86" t="inlineStr"/>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.Highlight</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Wiki / Documentation: Feature documentation.</t>
+          <t>This building is in your inventory</t>
         </is>
       </c>
       <c r="C87" t="inlineStr"/>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>.Settings.Help.Documentation</t>
+          <t>.Boxes.ProductionsRating.InventoryTooltip</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
-          <t>You will die playing this card! Consider redrawing or buying health.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Inventory</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr"/>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>.Boxes.cardGame.WarningCertainDeath</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+          <t>Gain per hour:</t>
         </is>
       </c>
       <c r="C89" t="inlineStr"/>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+          <t>.Boxes.QIActions.Rate</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Top 10%</t>
+          <t>Visit the settlement to correct the value</t>
         </is>
       </c>
       <c r="C90" t="inlineStr"/>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.top10percent</t>
+          <t>.Boxes.QIActions.Warning</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Do not show items with this currency</t>
+          <t>Bar full:</t>
         </is>
       </c>
       <c r="C91" t="inlineStr"/>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.filterCurrency</t>
+          <t>.Boxes.QIActions.FullAt</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Advanced Settings</t>
+          <t>Unique Building</t>
         </is>
       </c>
       <c r="C92" t="inlineStr"/>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.Advanced</t>
+          <t>.Boxes.Tooltip.Building.isUnique</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Only show inventory buildings with a rating equal or higher than x</t>
+          <t>New FoE Helper Version installed</t>
         </is>
       </c>
       <c r="C93" t="inlineStr"/>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
+          <t>.Menu.NewVersion.Title</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Special</t>
-[...6 lines deleted...]
-      </c>
+          <t>Click here to see the changes:</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr"/>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.off_grid</t>
+          <t>.Menu.NewVersion.Desc</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Provides</t>
+          <t>GBG Player list</t>
         </is>
       </c>
       <c r="C95" t="inlineStr"/>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.provides</t>
+          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Size and Building Time</t>
+          <t>QI Player list</t>
         </is>
       </c>
       <c r="C96" t="inlineStr"/>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.size+time</t>
+          <t>.Settings.Entry.ShowQIPlayerInfo</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
-          <t>GBG Player list</t>
+          <t>Do you want the GBG Player list to automatically open when clicking on the GBG ranking?</t>
         </is>
       </c>
       <c r="C97" t="inlineStr"/>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGPlayerInfo</t>
+          <t>.Settings.ShowGBGPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Only highlights</t>
-[...6 lines deleted...]
-      </c>
+          <t>GBG Player Pop Up</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr"/>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlighted</t>
+          <t>.Settings.ShowGBGPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+          <t>Rewards Bar Info</t>
         </is>
       </c>
       <c r="C99" t="inlineStr"/>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+          <t>.Settings.Entry.ShowGBGRewards</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Ally Overview</t>
+          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
         </is>
       </c>
       <c r="C100" t="inlineStr"/>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowAllyList</t>
+          <t>.Settings.ShowGBGRewards.Desc</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
-          <t>buildings total</t>
-[...6 lines deleted...]
-      </c>
+          <t>Rewards Bar Info</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr"/>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.BuildingsAmount</t>
+          <t>.Settings.ShowGBGRewards.Title</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Do you want the rewards from GBG and GE to be displayed in a stream over the rewards bar?</t>
+          <t>Hide most details</t>
         </is>
       </c>
       <c r="C102" t="inlineStr"/>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Desc</t>
+          <t>.Settings.ShowOwnPartMinView.Desc</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Unknown</t>
+          <t>Open automatically</t>
         </is>
       </c>
       <c r="C103" t="inlineStr"/>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.null</t>
+          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Goods</t>
-[...6 lines deleted...]
-      </c>
+          <t>Do you want the QI Player list to automatically open when clicking on the QI ranking?</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr"/>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.goods</t>
+          <t>.Settings.ShowQIPlayerInfo.Desc</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
+          <t>QI Player Pop Up</t>
         </is>
       </c>
       <c r="C105" t="inlineStr"/>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Settings.ShowQIPlayerInfo.Title</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Allies</t>
+          <t>Ally Overview</t>
         </is>
       </c>
       <c r="C106" t="inlineStr"/>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Title</t>
+          <t>.Settings.Entry.ShowAllyList</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
-          <t>is affected by life support</t>
+          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
         </is>
       </c>
       <c r="C107" t="inlineStr"/>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.lifeSupport</t>
+          <t>.Settings.ShowAllyList.Desc</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Buildings from QI</t>
+          <t>Open Ally Overview</t>
         </is>
       </c>
       <c r="C108" t="inlineStr"/>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.buildingFromQI</t>
+          <t>.Settings.ShowAllyList.Title</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Confirm Reset?</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C109" t="inlineStr"/>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ConfirmReset</t>
+          <t>.Boxes.GexStat.GexTrial</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Disclaimer: This data is based on your collected data. The numbers shown here are probably not 100% accurate. You'd have to open the list at midnight for them to be correct.</t>
+          <t>Trial</t>
         </is>
       </c>
       <c r="C110" t="inlineStr"/>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapShotLogDisclaimer</t>
+          <t>.Boxes.GuildMemberStat.GexTrial</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Residential</t>
-[...6 lines deleted...]
-      </c>
+          <t>Game Play</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr"/>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.residential</t>
+          <t>.Boxes.PlayerProfile.GamePlay</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Buildings from GBG</t>
+          <t>Normalize Values</t>
         </is>
       </c>
       <c r="C112" t="inlineStr"/>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.buildingFromGBG</t>
+          <t>.Boxes.Stats.BtnToggleRenormalize</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/efficiency</t>
+          <t>Worst rated buildings</t>
         </is>
       </c>
       <c r="C113" t="inlineStr"/>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.HelpLink</t>
+          <t>.Boxes.CityMap.ShowWorstBuildings</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
-          <t>5h</t>
-[...6 lines deleted...]
-      </c>
+          <t>Show on city map</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr"/>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>.Boxes.Alerts.Time.5h</t>
+          <t>.Boxes.General.ShowOnMap</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
+          <t>Highest level of this building</t>
         </is>
       </c>
       <c r="C115" t="inlineStr"/>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Boxes.Kits.maxBuilding</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Worst rated buildings</t>
+          <t>Chains</t>
         </is>
       </c>
       <c r="C116" t="inlineStr"/>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowWorstBuildings</t>
+          <t>.Boxes.Kits.Chains</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Please open a shop first</t>
+          <t>Sets</t>
         </is>
       </c>
       <c r="C117" t="inlineStr"/>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.DescWarning</t>
+          <t>.Boxes.Kits.Sets</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Only show inventory buildings with a rating equal or higher than x</t>
         </is>
       </c>
       <c r="C118" t="inlineStr"/>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>.Boxes.General.Guild_Expedition</t>
+          <t>.Boxes.ProductionsRating.InventoryBuildingScoreExplanation</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Lower Era buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shows only buildings from search results, buildings you added manually and buildings you highlighted yourself</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr"/>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.HighlightOldBuildings</t>
+          <t>.Boxes.ProductionsRating.ShowHighlightedExplanation</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Game Play</t>
+          <t>Add buildings from your inventory to the list</t>
         </is>
       </c>
       <c r="C120" t="inlineStr"/>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.GamePlay</t>
+          <t>.Boxes.ProductionsRating.ShowInventoryBuildingsExplanation</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
-          <t>For guild events you have to visit the GBG map first</t>
-[...6 lines deleted...]
-      </c>
+          <t>Following combinations are possible</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr"/>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>.Boxes.Discord.VisitGGMapBefore</t>
+          <t>.Boxes.Tooltip.Efficiency.description</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Gain per hour:</t>
+          <t>Help</t>
         </is>
       </c>
       <c r="C122" t="inlineStr"/>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Rate</t>
+          <t>.Boxes.ProductionsRating.ExplainerHead</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Select how much each of your buildings should ideally produce per tile. The balance between all selected values is important for the final rating: Use higher ones for things you do not care about as much and lower values if you want to put higher emphasis on particular resources/boosts. If you have more than one of the same building, only the highest era will be evaluated.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Best</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr"/>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Explainer</t>
+          <t>.Boxes.ProductionsRating.Best</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
-          <t>after</t>
+          <t>Top 5</t>
         </is>
       </c>
       <c r="C124" t="inlineStr"/>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.after</t>
+          <t>.Boxes.ProductionsRating.Fifth</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Costs</t>
+          <t>Top 10%</t>
         </is>
       </c>
       <c r="C125" t="inlineStr"/>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Costs</t>
+          <t>.Boxes.ProductionsRating.top10percent</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Shows only buildings from search results, buildings you added manually and buildings you highlighted yourself</t>
+          <t>Comparisons from your city</t>
         </is>
       </c>
       <c r="C126" t="inlineStr"/>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowHighlightedExplanation</t>
+          <t>.Boxes.ProductionsRating.TooltipTitle</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
-          <t>per Era</t>
+          <t>How much is expected per FSP-kit?</t>
         </is>
       </c>
       <c r="C127" t="inlineStr"/>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.perEra</t>
+          <t>.Boxes.ProductionsRating.TitleFSPCalculator</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
+          <t>Show FSP Calculator</t>
         </is>
       </c>
       <c r="C128" t="inlineStr"/>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
+          <t>.Boxes.ProductionsRating.ShowFSPCalculator</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
-          <t>12 hour clock</t>
+          <t>Guild Expedition</t>
         </is>
       </c>
       <c r="C129" t="inlineStr"/>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.AMPMTime</t>
+          <t>.Boxes.General.Guild_Expedition</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/incidents</t>
-[...6 lines deleted...]
-      </c>
+          <t>Boost Sources</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr"/>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>.Boxes.HiddenRewards.HelpLink</t>
+          <t>.Boxes.BoostList.Title</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
-          <t>Collect All Blocker</t>
+          <t>Expected activation costs</t>
         </is>
       </c>
       <c r="C131" t="inlineStr"/>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>.Settings.Entry.BlockCollectAll</t>
+          <t>.Boxes.GexStat.UnlockingCosts</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
-          <t>QI Snapshot Log</t>
+          <t>started playing on __date__</t>
         </is>
       </c>
       <c r="C132" t="inlineStr"/>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.SnapshotLog</t>
+          <t>.Boxes.PlayerProfile.DateStarted</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/town</t>
+          <t>https://docs.foe-helper.com/english/module/alerts</t>
         </is>
       </c>
       <c r="C133" t="inlineStr"/>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.HelpLink</t>
+          <t>.Boxes.Alerts.HelpLink</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Chains</t>
+          <t>https://docs.foe-helper.com/english/module/ally</t>
         </is>
       </c>
       <c r="C134" t="inlineStr"/>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Chains</t>
+          <t>.Boxes.AllyList.HelpLink</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Collectable soon: __hours__ hours</t>
+          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
         </is>
       </c>
       <c r="C135" t="inlineStr"/>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CollectSoon</t>
+          <t>.Boxes.BlueGalaxy.HelpLink</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Decayed buildings</t>
-[...6 lines deleted...]
-      </c>
+          <t>https://docs.foe-helper.com/english/module/efficiency</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr"/>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
+          <t>.Boxes.ProductionsRating.HelpLink</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Boost</t>
+          <t>Wiki / Documentation: Feature documentation.</t>
         </is>
       </c>
       <c r="C137" t="inlineStr"/>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>.General.Boost</t>
+          <t>.Settings.Help.Documentation</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
         </is>
       </c>
       <c r="C138" t="inlineStr"/>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Warning</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Add unique inhabitant</t>
+          <t>Player Profile</t>
         </is>
       </c>
       <c r="C139" t="inlineStr"/>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.addInhabitant</t>
+          <t>.Menu.PlayerProfile.Title</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Minimum Score</t>
+          <t>Disabled: Open the Profile Tab of your Town Hall.</t>
         </is>
       </c>
       <c r="C140" t="inlineStr"/>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.InventoryBuildingScore</t>
+          <t>.Menu.PlayerProfile.Warning</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Open Ally Overview</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C141" t="inlineStr"/>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Title</t>
+          <t>.Boxes.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C142" t="inlineStr"/>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GexTrial</t>
+          <t>.Settings.Entry.ShowShopAssist</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/stats</t>
-[...6 lines deleted...]
-      </c>
+          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr"/>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>.Boxes.Stats.HelpLink</t>
+          <t>.Settings.EventHelperMerge</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>Present Game (e.g. Winter Event)</t>
         </is>
       </c>
       <c r="C144" t="inlineStr"/>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowInventoryBuildings</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Cultural</t>
-[...6 lines deleted...]
-      </c>
+          <t>Idle Game (e.g. St. Patricks)</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr"/>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.culture</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
-          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+          <t>Pop Game (e.g. Fall Event)</t>
         </is>
       </c>
       <c r="C146" t="inlineStr"/>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Desc</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Visit the settlement to correct the value</t>
+          <t>Advanced Settings</t>
         </is>
       </c>
       <c r="C147" t="inlineStr"/>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>.Boxes.QIActions.Warning</t>
+          <t>.Settings.EventHelper.Advanced</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
-          <t>2-lane road required</t>
+          <t>Enable Event helpers</t>
         </is>
       </c>
       <c r="C148" t="inlineStr"/>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.road2</t>
+          <t>.Settings.EventHelper.All</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Top 5</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C149" t="inlineStr"/>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Fifth</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
-          <t>DD/MMM/YY @ HH:mm:ss a</t>
-[...6 lines deleted...]
-      </c>
+          <t>Opening the Item Shop will open an overview.</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr"/>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>.DateTime</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
-          <t>Guild Expedition</t>
-[...6 lines deleted...]
-      </c>
+          <t>Item Shop</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr"/>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.Guildexpedition</t>
+          <t>.Boxes.ShopAssist.Shop</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
-          <t>Guild Goods</t>
-[...6 lines deleted...]
-      </c>
+          <t>Can be bought</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr"/>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>.Boxes.GuildMemberStat.GuildGoods</t>
+          <t>.Boxes.ShopAssist.canBeBought</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Provides a sortable list of all buildings and their sizes in resonstruction mode</t>
+          <t>Costs</t>
         </is>
       </c>
       <c r="C153" t="inlineStr"/>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>.Settings.ShowReconstructionList.Desc</t>
+          <t>.Boxes.ShopAssist.Costs</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
-          <t>when</t>
+          <t>Offer</t>
         </is>
       </c>
       <c r="C154" t="inlineStr"/>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.when</t>
+          <t>.Boxes.ShopAssist.Item</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
           <t>Inventory</t>
         </is>
       </c>
       <c r="C155" t="inlineStr"/>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>.Boxes.ShopAssist.Inventory</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Click here to see the changes:</t>
+          <t>Single</t>
         </is>
       </c>
       <c r="C156" t="inlineStr"/>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>.Menu.NewVersion.Desc</t>
+          <t>.Boxes.ShopAssist.Single</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Enable Event helpers</t>
+          <t>Missing</t>
         </is>
       </c>
       <c r="C157" t="inlineStr"/>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.All</t>
+          <t>.Boxes.ShopAssist.Missing</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
-          <t>Help</t>
+          <t>All</t>
         </is>
       </c>
       <c r="C158" t="inlineStr"/>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ExplainerHead</t>
+          <t>.Boxes.ShopAssist.All</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
-          <t>Best</t>
+          <t>Only Favorites</t>
         </is>
       </c>
       <c r="C159" t="inlineStr"/>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.Best</t>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Historical Ally Rooms</t>
+          <t>Only Unlocked</t>
         </is>
       </c>
       <c r="C160" t="inlineStr"/>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.allyRooms</t>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
-          <t>QI Overview</t>
+          <t>Disclaimer</t>
         </is>
       </c>
       <c r="C161" t="inlineStr"/>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Title</t>
+          <t>.General.Disclaimer</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Collectable soon: __hours__ hours</t>
         </is>
       </c>
       <c r="C162" t="inlineStr"/>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
+          <t>.Boxes.CityMap.CollectSoon</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
-          <t>Date</t>
+          <t>Highlight</t>
         </is>
       </c>
       <c r="C163" t="inlineStr"/>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>.General.Date</t>
+          <t>.Boxes.CityMap.Highlight</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/gb-investment</t>
-[...6 lines deleted...]
-      </c>
+          <t>Guild Expedition</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr"/>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>.Boxes.GreatBuildings.HelpLink</t>
+          <t>.Boxes.FPCollector.guild_expedition_reward_notification</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Items</t>
+          <t>Hidden Reward</t>
         </is>
       </c>
       <c r="C165" t="inlineStr"/>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>.General.Items</t>
+          <t>.Boxes.FPCollector.hidden_reward</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
-          <t>can be motivated</t>
+          <t>Item Store</t>
         </is>
       </c>
       <c r="C166" t="inlineStr"/>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.canMotivate</t>
+          <t>.Boxes.FPCollector.item_store</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>Unknown</t>
         </is>
       </c>
       <c r="C167" t="inlineStr"/>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowGBGRewards</t>
+          <t>.Boxes.FPCollector.null</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
-          <t>Show on city map</t>
+          <t>Hide</t>
         </is>
       </c>
       <c r="C168" t="inlineStr"/>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
-          <t>.Boxes.General.ShowOnMap</t>
+          <t>.Boxes.ProductionsRating.Hide</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
-          <t>Unique Building</t>
+          <t>Show Great Buildings</t>
         </is>
       </c>
       <c r="C169" t="inlineStr"/>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.isUnique</t>
+          <t>.Boxes.ProductionsRating.NoGBsExplanation</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
-          <t>Offer</t>
+          <t>Show ascended/limited buildings</t>
         </is>
       </c>
       <c r="C170" t="inlineStr"/>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Item</t>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>per Era</t>
         </is>
       </c>
       <c r="C171" t="inlineStr"/>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Boxes.Tooltip.Building.perEra</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Trial</t>
+          <t>Max</t>
         </is>
       </c>
       <c r="C172" t="inlineStr"/>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
-          <t>.Boxes.GexStat.GexTrial</t>
+          <t>.Boxes.ShopAssist.Max</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
-          <t>started playing on __date__</t>
+          <t>Full</t>
         </is>
       </c>
       <c r="C173" t="inlineStr"/>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
-          <t>.Boxes.PlayerProfile.DateStarted</t>
+          <t>.Boxes.ShopAssist.Full</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
-          <t>Rewards Bar Info</t>
+          <t>Overview of all allies and buildings that have room for them.</t>
         </is>
       </c>
       <c r="C174" t="inlineStr"/>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
-          <t>.Settings.ShowGBGRewards.Title</t>
+          <t>.Menu.Allies.Desc</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
-          <t>When opening the ally building, an enhanced ally overview will be presented.</t>
+          <t>Allies</t>
         </is>
       </c>
       <c r="C175" t="inlineStr"/>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
-          <t>.Settings.ShowAllyList.Desc</t>
+          <t>.Menu.Allies.Title</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
-[...6 lines deleted...]
-      </c>
+          <t>List of all items in a store</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr"/>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>.Settings.ShowLinks.Desc</t>
+          <t>.Menu.ShopAssist.Desc</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
-          <t>Hidden Reward</t>
+          <t>Please open a shop first</t>
         </is>
       </c>
       <c r="C177" t="inlineStr"/>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.hidden_reward</t>
+          <t>.Menu.ShopAssist.DescWarning</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
           <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C178" t="inlineStr"/>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Title</t>
+          <t>.Menu.ShopAssist.Title</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
-          <t>The Beta-Extension musst be installed and updated manually. Either regularly click the button below to download the current beta or use a Git-Manager&gt;&lt;/br&gt;&lt;/br&gt;Unpack the downloaded zip and in the Chrome extension settings activate developer mode to 'load unpacked extension'.&lt;/br&gt;&lt;/br&gt;Only one Version of the Helper should be active at any time to prevent interference!</t>
+          <t>GE Goods Use</t>
         </is>
       </c>
       <c r="C179" t="inlineStr"/>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Desc</t>
+          <t>.Settings.Entry.GexStockWarning</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Actions</t>
+          <t>GE Goods Use</t>
         </is>
       </c>
       <c r="C180" t="inlineStr"/>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.Actions</t>
+          <t>.Settings.GexStockWarning.Title</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
         </is>
       </c>
       <c r="C181" t="inlineStr"/>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Settings.GexStockWarning.Desc</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
-          <t>Collection</t>
-[...6 lines deleted...]
-      </c>
+          <t>7d</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr"/>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.earning</t>
+          <t>.Boxes.Alerts.Time.7d</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/ally</t>
+          <t>City Grid Score</t>
         </is>
       </c>
       <c r="C183" t="inlineStr"/>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>.Boxes.AllyList.HelpLink</t>
+          <t>.Boxes.CityMap.CityGridScore</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
-          <t>QI Round</t>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
         </is>
       </c>
       <c r="C184" t="inlineStr"/>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.QiRound</t>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
-          <t>Show QI round selector</t>
+          <t>https://docs.foe-helper.com/english/module/town</t>
         </is>
       </c>
       <c r="C185" t="inlineStr"/>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>.Boxes.QiProgress.ShowRoundSelector</t>
+          <t>.Boxes.CityMap.HelpLink</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr"/>
       <c r="B186" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>Buildings from GBG</t>
         </is>
       </c>
       <c r="C186" t="inlineStr"/>
       <c r="D186" t="inlineStr"/>
       <c r="E186" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>.Settings.Entry.GexStockWarning</t>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr"/>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Sets</t>
+          <t>Buildings from QI</t>
         </is>
       </c>
       <c r="C187" t="inlineStr"/>
       <c r="D187" t="inlineStr"/>
       <c r="E187" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.Sets</t>
+          <t>.Boxes.CityMap.buildingFromQI</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr"/>
       <c r="B188" t="inlineStr">
         <is>
-          <t>Display size-list in reconstruction mode</t>
+          <t>Ascended/limited buildings</t>
         </is>
       </c>
       <c r="C188" t="inlineStr"/>
       <c r="D188" t="inlineStr"/>
       <c r="E188" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>.Settings.ShowReconstructionList.Title</t>
+          <t>.Boxes.CityMap.limited</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr"/>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Military</t>
-[...6 lines deleted...]
-      </c>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr"/>
       <c r="D189" t="inlineStr"/>
       <c r="E189" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>.Boxes.Productions.Headings.military</t>
+          <t>.Boxes.CityMap.roadless</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr"/>
       <c r="B190" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/negotiation</t>
-[...6 lines deleted...]
-      </c>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr"/>
       <c r="D190" t="inlineStr"/>
       <c r="E190" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>.Boxes.Negotiation.HelpLink</t>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr"/>
       <c r="B191" t="inlineStr">
         <is>
-          <t>Following combinations are possible</t>
+          <t>GE</t>
         </is>
       </c>
       <c r="C191" t="inlineStr"/>
       <c r="D191" t="inlineStr"/>
       <c r="E191" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Efficiency.description</t>
+          <t>.Boxes.General.Guild_Expedition.short</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr"/>
       <c r="B192" t="inlineStr">
         <is>
-          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+          <t>QI</t>
         </is>
       </c>
       <c r="C192" t="inlineStr"/>
       <c r="D192" t="inlineStr"/>
       <c r="E192" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr"/>
       <c r="B193" t="inlineStr">
         <is>
-          <t>https://docs.foe-helper.com/english/module/blue-galaxy</t>
+          <t>Offset to servertime (minutes)</t>
         </is>
       </c>
       <c r="C193" t="inlineStr"/>
       <c r="D193" t="inlineStr"/>
       <c r="E193" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>.Boxes.BlueGalaxy.HelpLink</t>
+          <t>.Boxes.GuildFights.serverOffset</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr"/>
       <c r="B194" t="inlineStr">
         <is>
-          <t>Produces</t>
+          <t>display times in server time</t>
         </is>
       </c>
       <c r="C194" t="inlineStr"/>
       <c r="D194" t="inlineStr"/>
       <c r="E194" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.produces</t>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr"/>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Item Store</t>
+          <t>copy attack colors</t>
         </is>
       </c>
       <c r="C195" t="inlineStr"/>
       <c r="D195" t="inlineStr"/>
       <c r="E195" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>.Boxes.FPCollector.item_store</t>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr"/>
       <c r="B196" t="inlineStr">
         <is>
-          <t>Highest level of this building</t>
+          <t>Change in Copy Behavior!</t>
         </is>
       </c>
       <c r="C196" t="inlineStr"/>
       <c r="D196" t="inlineStr"/>
       <c r="E196" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>.Boxes.Kits.maxBuilding</t>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr"/>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
         </is>
       </c>
       <c r="C197" t="inlineStr"/>
       <c r="D197" t="inlineStr"/>
       <c r="E197" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperMerge</t>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr"/>
       <c r="B198" t="inlineStr">
         <is>
-          <t>!!! Attention - Although unlikely, using this option might trigger INNOs bot detection and may cause a short ban period !!! Please let us know should that happen.&lt;br&gt;&lt;br&gt;After placing a building from the build menu or the reconstruction side bar will cause the same building to be selected automatically (streets excluded).</t>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
         </is>
       </c>
       <c r="C198" t="inlineStr"/>
       <c r="D198" t="inlineStr"/>
       <c r="E198" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>.Settings.RepeatSelectBuilding.Desc</t>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr"/>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
         </is>
       </c>
       <c r="C199" t="inlineStr"/>
       <c r="D199" t="inlineStr"/>
       <c r="E199" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>.Settings.BlockCollectAll.Desc</t>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr"/>
       <c r="B200" t="inlineStr">
         <is>
-          <t>DD/MMM</t>
-[...6 lines deleted...]
-      </c>
+          <t>Do not show items with this currency</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr"/>
       <c r="D200" t="inlineStr"/>
       <c r="E200" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>.DateShort</t>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr"/>
       <c r="B201" t="inlineStr">
         <is>
-          <t>Open automatically</t>
+          <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C201" t="inlineStr"/>
       <c r="D201" t="inlineStr"/>
       <c r="E201" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>.Settings.ShowOwnPartAutoOpen.Desc</t>
+          <t>.Settings.Entry.BlockCollectAll</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr"/>
       <c r="B202" t="inlineStr">
         <is>
-          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
         </is>
       </c>
       <c r="C202" t="inlineStr"/>
       <c r="D202" t="inlineStr"/>
       <c r="E202" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CityGridScoreText</t>
+          <t>.Settings.BlockCollectAll.Desc</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr"/>
       <c r="B203" t="inlineStr">
         <is>
-          <t>Load current Beta</t>
+          <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C203" t="inlineStr"/>
       <c r="D203" t="inlineStr"/>
       <c r="E203" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>.Settings.LoadBeta2.Title</t>
+          <t>.Settings.BlockCollectAll.Title</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr"/>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Level</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr"/>
+      <c r="D204" t="inlineStr"/>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Level</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr"/>
+      <c r="H204" t="inlineStr"/>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr"/>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>This value is not accessible, because this player is neither a friend nor in your guild.</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr"/>
+      <c r="D205" t="inlineStr"/>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerNotAvailable</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr"/>
+      <c r="H205" t="inlineStr"/>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr"/>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Include Ally boosts in the rating</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr"/>
+      <c r="D206" t="inlineStr"/>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ShowAllies</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
+      <c r="H206" t="inlineStr"/>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr"/>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>(De)select currently visible buildings</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr"/>
+      <c r="D207" t="inlineStr"/>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ToggleBuildingSelection</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr"/>
+      <c r="H207" t="inlineStr"/>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr"/>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Include initial FP in sum</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr"/>
+      <c r="D208" t="inlineStr"/>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>.Settings.ShowOwnPartIncludeStart.Desc</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr"/>
+      <c r="H208" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>