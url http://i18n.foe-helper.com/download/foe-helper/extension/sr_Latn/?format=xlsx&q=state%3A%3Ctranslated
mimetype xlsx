--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,528 +396,648 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t xml:space="preserve">Your city data could not be sent to the server. Please report this error directly to </t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Pregled većine pojačanja, dostignuća, predmeta i drugih statistika grada.</t>
+          <t xml:space="preserve">Podaci o vašem gradu nisu mogli da se pošalju na server. Prijavite ovu grešku direktno na </t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.CityMap.SubmitError</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C3" t="inlineStr"/>
+          <t>Show Item column</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Sakrij stavke</t>
+        </is>
+      </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Title</t>
+          <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C4" t="inlineStr"/>
+          <t>Rogue Only Warning</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Pažnja na manjak Hajduka</t>
+        </is>
+      </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowShopAssist</t>
-[...2 lines deleted...]
-      <c r="G4" t="inlineStr"/>
+          <t>.Settings.Entry.ShowRougeUnitWarning</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Pažnja na manjak Hajduka</t>
+        </is>
+      </c>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Merge Game (e.g. Care For Tomorrow Event)</t>
-[...2 lines deleted...]
-      <c r="C5" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Istaknite zaostale zgrade</t>
+        </is>
+      </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperMerge</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
-[...2 lines deleted...]
-      <c r="C6" t="inlineStr"/>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Pregled većine pojačanja, dostignuća, predmeta i drugih statistika grada.</t>
+        </is>
+      </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
+          <t>Present Game (e.g. Winter Event)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr"/>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
+          <t>Idle Game (e.g. St. Patricks)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr"/>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Advanced Settings</t>
+          <t>Pop Game (e.g. Fall Event)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr"/>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.Advanced</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Enable Event helpers</t>
+          <t>Shop Assistant</t>
         </is>
       </c>
       <c r="C10" t="inlineStr"/>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>.Settings.EventHelper.All</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Opening the Item Shop will open an overview.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr"/>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
-[...2 lines deleted...]
-      <c r="C12" t="inlineStr"/>
+          <t>Only Favorites</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>samo favoriti</t>
+        </is>
+      </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Item Shop</t>
-[...2 lines deleted...]
-      <c r="C13" t="inlineStr"/>
+          <t>Only Unlocked</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>samo otključani</t>
+        </is>
+      </c>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Shop</t>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Can be bought</t>
+          <t>Disclaimer</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.canBeBought</t>
+          <t>.General.Disclaimer</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Costs</t>
-[...2 lines deleted...]
-      <c r="C15" t="inlineStr"/>
+          <t>Collectable soon: __hours__ hours</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Preostalo vreme:_sati_minuta</t>
+        </is>
+      </c>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Costs</t>
+          <t>.Boxes.CityMap.CollectSoon</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Offer</t>
+          <t>Show ascended/limited buildings</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Item</t>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Inventory</t>
+          <t>per Era</t>
         </is>
       </c>
       <c r="C17" t="inlineStr"/>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Inventory</t>
+          <t>.Boxes.Tooltip.Building.perEra</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Single</t>
+          <t>Max</t>
         </is>
       </c>
       <c r="C18" t="inlineStr"/>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Single</t>
+          <t>.Boxes.ShopAssist.Max</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Missing</t>
+          <t>Full</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Missing</t>
+          <t>.Boxes.ShopAssist.Full</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>All</t>
+          <t>Overview of all allies and buildings that have room for them.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr"/>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.All</t>
+          <t>.Menu.Allies.Desc</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
+          <t>Allies</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Menu.Allies.Title</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
+          <t>List of all items in a store</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Menu.ShopAssist.Desc</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>Please open a shop first</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Menu.ShopAssist.DescWarning</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr"/>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr"/>
+      <c r="D24" t="inlineStr"/>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.Title</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr"/>
+      <c r="H24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr"/>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr"/>
+      <c r="D25" t="inlineStr"/>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.GexStockWarning</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr"/>
+      <c r="H25" t="inlineStr"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr"/>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr"/>
+      <c r="D26" t="inlineStr"/>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Title</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr"/>
+      <c r="H26" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr"/>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr"/>
+      <c r="D27" t="inlineStr"/>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr"/>
+      <c r="H27" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>