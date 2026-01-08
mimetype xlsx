--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -396,648 +396,1258 @@
       <c r="E1" t="inlineStr">
         <is>
           <t>fuzzy</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>context</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>translator_comments</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>developer_comments</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Your city data could not be sent to the server. Please report this error directly to </t>
+          <t>5h</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Podaci o vašem gradu nisu mogli da se pošalju na server. Prijavite ovu grešku direktno na </t>
+          <t>5hr</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.SubmitError</t>
+          <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Show Item column</t>
+          <t>buildings total</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Sakrij stavke</t>
+          <t xml:space="preserve">Broj zgrada: </t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.ShowItems</t>
+          <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Rogue Only Warning</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Pažnja na manjak Hajduka</t>
+          <t>Prikazane vrednosti dnose se na sve zgrade koje su (uslovno) završile konstrukciju. Gradska kuća se ne računa.</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>.Settings.Entry.ShowRougeUnitWarning</t>
-[...6 lines deleted...]
-      </c>
+          <t>.Boxes.CityMap.QIHint</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Decayed buildings</t>
+          <t xml:space="preserve">Your city data could not be sent to the server. Please report this error directly to </t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Istaknite zaostale zgrade</t>
+          <t xml:space="preserve">Podaci o vašem gradu nisu mogli da se pošalju na server. Prijavite ovu grešku direktno na </t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
+          <t>.Boxes.CityMap.SubmitError</t>
         </is>
       </c>
       <c r="G5" t="inlineStr"/>
       <c r="H5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Overview of most boosts, achievements, items and other city stats.</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Pregled većine pojačanja, dostignuća, predmeta i drugih statistika grada.</t>
+          <t>Roba u trezoru</t>
         </is>
       </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>.Menu.PlayerProfile.Desc</t>
+          <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Present Game (e.g. Winter Event)</t>
-[...2 lines deleted...]
-      <c r="C7" t="inlineStr"/>
+          <t>Show Item column</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Sakrij stavke</t>
+        </is>
+      </c>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPresent</t>
+          <t>.Boxes.ProductionsRating.ShowItems</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Idle Game (e.g. St. Patricks)</t>
-[...2 lines deleted...]
-      <c r="C8" t="inlineStr"/>
+          <t>Rogue Only Warning</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Pažnja na manjak Hajduka</t>
+        </is>
+      </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperIdle</t>
+          <t>.Settings.Entry.ShowRougeUnitWarning</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Pop Game (e.g. Fall Event)</t>
-[...2 lines deleted...]
-      <c r="C9" t="inlineStr"/>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Zamjenjuje imena igrača i imena guilda sa linkovima na profil igrača ili guilda na scoredb.io.&lt;br&gt;Zamenjuje imena Kompleta-Zgrada sa linkovima ka forgeofempires.fandom.com.</t>
+        </is>
+      </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>.Settings.EventHelperPop</t>
+          <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
-[...2 lines deleted...]
-      <c r="C10" t="inlineStr"/>
+          <t>Decayed buildings</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Istaknite zaostale zgrade</t>
+        </is>
+      </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Title</t>
+          <t>.Boxes.CityMap.ShowDecayedBuildings</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Opening the Item Shop will open an overview.</t>
-[...2 lines deleted...]
-      <c r="C11" t="inlineStr"/>
+          <t>Overview of most boosts, achievements, items and other city stats.</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Pregled većine pojačanja, dostignuća, predmeta i drugih statistika grada.</t>
+        </is>
+      </c>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>.Settings.ShowShopAssist.Desc</t>
+          <t>.Menu.PlayerProfile.Desc</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Only Favorites</t>
-[...6 lines deleted...]
-      </c>
+          <t>Present Game (e.g. Winter Event)</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr"/>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyFavourites</t>
+          <t>.Settings.EventHelperPresent</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Only Unlocked</t>
-[...6 lines deleted...]
-      </c>
+          <t>Idle Game (e.g. St. Patricks)</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr"/>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.onlyUnlocked</t>
+          <t>.Settings.EventHelperIdle</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Disclaimer</t>
+          <t>Pop Game (e.g. Fall Event)</t>
         </is>
       </c>
       <c r="C14" t="inlineStr"/>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>.General.Disclaimer</t>
+          <t>.Settings.EventHelperPop</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Collectable soon: __hours__ hours</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
-          <t>True</t>
+          <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>.Boxes.CityMap.CollectSoon</t>
+          <t>.Settings.ShowShopAssist.Title</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Show ascended/limited buildings</t>
+          <t>Opening the Item Shop will open an overview.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr"/>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
+          <t>.Settings.ShowShopAssist.Desc</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>per Era</t>
-[...2 lines deleted...]
-      <c r="C17" t="inlineStr"/>
+          <t>Only Favorites</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>samo favoriti</t>
+        </is>
+      </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>.Boxes.Tooltip.Building.perEra</t>
+          <t>.Boxes.ShopAssist.onlyFavourites</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Max</t>
-[...2 lines deleted...]
-      <c r="C18" t="inlineStr"/>
+          <t>Only Unlocked</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>samo otključani</t>
+        </is>
+      </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Max</t>
+          <t>.Boxes.ShopAssist.onlyUnlocked</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Full</t>
+          <t>Disclaimer</t>
         </is>
       </c>
       <c r="C19" t="inlineStr"/>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>.Boxes.ShopAssist.Full</t>
+          <t>.General.Disclaimer</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Overview of all allies and buildings that have room for them.</t>
-[...2 lines deleted...]
-      <c r="C20" t="inlineStr"/>
+          <t>Collectable soon: __hours__ hours</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Preostalo vreme:_sati_minuta</t>
+        </is>
+      </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
-          <t>False</t>
+          <t>True</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Desc</t>
+          <t>.Boxes.CityMap.CollectSoon</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Allies</t>
+          <t>Show ascended/limited buildings</t>
         </is>
       </c>
       <c r="C21" t="inlineStr"/>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>.Menu.Allies.Title</t>
+          <t>.Boxes.ProductionsRating.NoLimitedExplanation</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>List of all items in a store</t>
+          <t>per Era</t>
         </is>
       </c>
       <c r="C22" t="inlineStr"/>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Desc</t>
+          <t>.Boxes.Tooltip.Building.perEra</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Please open a shop first</t>
+          <t>Max</t>
         </is>
       </c>
       <c r="C23" t="inlineStr"/>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.DescWarning</t>
+          <t>.Boxes.ShopAssist.Max</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Shop Assistant</t>
+          <t>Full</t>
         </is>
       </c>
       <c r="C24" t="inlineStr"/>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>.Menu.ShopAssist.Title</t>
+          <t>.Boxes.ShopAssist.Full</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>Overview of all allies and buildings that have room for them.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr"/>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>.Settings.Entry.GexStockWarning</t>
+          <t>.Menu.Allies.Desc</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>GE Goods Use</t>
+          <t>Allies</t>
         </is>
       </c>
       <c r="C26" t="inlineStr"/>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Title</t>
+          <t>.Menu.Allies.Title</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+          <t>List of all items in a store</t>
         </is>
       </c>
       <c r="C27" t="inlineStr"/>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>.Settings.GexStockWarning.Desc</t>
+          <t>.Menu.ShopAssist.Desc</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr"/>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Please open a shop first</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr"/>
+      <c r="D28" t="inlineStr"/>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.DescWarning</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr"/>
+      <c r="H28" t="inlineStr"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr"/>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Shop Assistant</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr"/>
+      <c r="D29" t="inlineStr"/>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>.Menu.ShopAssist.Title</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr"/>
+      <c r="H29" t="inlineStr"/>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr"/>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr"/>
+      <c r="D30" t="inlineStr"/>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.GexStockWarning</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr"/>
+      <c r="H30" t="inlineStr"/>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr"/>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>GE Goods Use</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr"/>
+      <c r="D31" t="inlineStr"/>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Title</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr"/>
+      <c r="H31" t="inlineStr"/>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr"/>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr"/>
+      <c r="D32" t="inlineStr"/>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>.Settings.GexStockWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr"/>
+      <c r="H32" t="inlineStr"/>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr"/>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>7d</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr"/>
+      <c r="D33" t="inlineStr"/>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>.Boxes.Alerts.Time.7d</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr"/>
+      <c r="H33" t="inlineStr"/>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr"/>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>City Grid Score</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr"/>
+      <c r="D34" t="inlineStr"/>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScore</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr"/>
+      <c r="H34" t="inlineStr"/>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr"/>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr"/>
+      <c r="D35" t="inlineStr"/>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr"/>
+      <c r="H35" t="inlineStr"/>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr"/>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/town</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr"/>
+      <c r="D36" t="inlineStr"/>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.HelpLink</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr"/>
+      <c r="H36" t="inlineStr"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr"/>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Buildings from GBG</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr"/>
+      <c r="D37" t="inlineStr"/>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr"/>
+      <c r="H37" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr"/>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Buildings from QI</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr"/>
+      <c r="D38" t="inlineStr"/>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromQI</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr"/>
+      <c r="H38" t="inlineStr"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr"/>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr"/>
+      <c r="D39" t="inlineStr"/>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.limited</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr"/>
+      <c r="H39" t="inlineStr"/>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr"/>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr"/>
+      <c r="D40" t="inlineStr"/>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.roadless</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr"/>
+      <c r="H40" t="inlineStr"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr"/>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr"/>
+      <c r="D41" t="inlineStr"/>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr"/>
+      <c r="H41" t="inlineStr"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr"/>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr"/>
+      <c r="D42" t="inlineStr"/>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Expedition.short</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr"/>
+      <c r="H42" t="inlineStr"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr"/>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>QI</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr"/>
+      <c r="D43" t="inlineStr"/>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr"/>
+      <c r="H43" t="inlineStr"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr"/>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Offset to servertime (minutes)</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr"/>
+      <c r="D44" t="inlineStr"/>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.serverOffset</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr"/>
+      <c r="H44" t="inlineStr"/>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr"/>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>display times in server time</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr"/>
+      <c r="D45" t="inlineStr"/>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr"/>
+      <c r="H45" t="inlineStr"/>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr"/>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>copy attack colors</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr"/>
+      <c r="D46" t="inlineStr"/>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr"/>
+      <c r="H46" t="inlineStr"/>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr"/>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Change in Copy Behavior!</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr"/>
+      <c r="D47" t="inlineStr"/>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr"/>
+      <c r="H47" t="inlineStr"/>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr"/>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr"/>
+      <c r="D48" t="inlineStr"/>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr"/>
+      <c r="H48" t="inlineStr"/>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr"/>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr"/>
+      <c r="D49" t="inlineStr"/>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr"/>
+      <c r="H49" t="inlineStr"/>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr"/>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr"/>
+      <c r="D50" t="inlineStr"/>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr"/>
+      <c r="H50" t="inlineStr"/>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr"/>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Do not show items with this currency</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr"/>
+      <c r="D51" t="inlineStr"/>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr"/>
+      <c r="H51" t="inlineStr"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr"/>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr"/>
+      <c r="D52" t="inlineStr"/>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.BlockCollectAll</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr"/>
+      <c r="H52" t="inlineStr"/>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr"/>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr"/>
+      <c r="D53" t="inlineStr"/>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Desc</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr"/>
+      <c r="H53" t="inlineStr"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr"/>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr"/>
+      <c r="D54" t="inlineStr"/>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Title</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr"/>
+      <c r="H54" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>