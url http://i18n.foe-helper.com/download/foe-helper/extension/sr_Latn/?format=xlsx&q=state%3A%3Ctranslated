--- v2 (2026-01-08)
+++ v3 (2026-02-23)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1609,45 +1609,155 @@
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
           <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C54" t="inlineStr"/>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>.Settings.BlockCollectAll.Title</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr"/>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Level</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr"/>
+      <c r="D55" t="inlineStr"/>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Level</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr"/>
+      <c r="H55" t="inlineStr"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr"/>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>This value is not accessible, because this player is neither a friend nor in your guild.</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr"/>
+      <c r="D56" t="inlineStr"/>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerNotAvailable</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr"/>
+      <c r="H56" t="inlineStr"/>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr"/>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Include Ally boosts in the rating</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr"/>
+      <c r="D57" t="inlineStr"/>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ShowAllies</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr"/>
+      <c r="H57" t="inlineStr"/>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr"/>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>(De)select currently visible buildings</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr"/>
+      <c r="D58" t="inlineStr"/>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ToggleBuildingSelection</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr"/>
+      <c r="H58" t="inlineStr"/>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr"/>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Include initial FP in sum</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr"/>
+      <c r="D59" t="inlineStr"/>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>.Settings.ShowOwnPartIncludeStart.Desc</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr"/>
+      <c r="H59" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>