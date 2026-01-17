--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1275"/>
+  <dimension ref="A1:H1297"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -10971,51 +10971,51 @@
       <c r="A466" t="inlineStr"/>
       <c r="B466" t="inlineStr">
         <is>
           <t>Guild Buildings</t>
         </is>
       </c>
       <c r="C466" t="inlineStr"/>
       <c r="D466" t="inlineStr"/>
       <c r="E466" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F466" t="inlineStr">
         <is>
           <t>.Boxes.GuildMemberStat.GuildBuildings</t>
         </is>
       </c>
       <c r="G466" t="inlineStr"/>
       <c r="H466" t="inlineStr"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr"/>
       <c r="B467" t="inlineStr">
         <is>
-          <t>Treasury Goods</t>
+          <t>Guild Goods</t>
         </is>
       </c>
       <c r="C467" t="inlineStr"/>
       <c r="D467" t="inlineStr"/>
       <c r="E467" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F467" t="inlineStr">
         <is>
           <t>.Boxes.GuildMemberStat.GuildGoods</t>
         </is>
       </c>
       <c r="G467" t="inlineStr"/>
       <c r="H467" t="inlineStr"/>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr"/>
       <c r="B468" t="inlineStr">
         <is>
           <t>Guild Members</t>
         </is>
       </c>
       <c r="C468" t="inlineStr"/>
@@ -19235,51 +19235,51 @@
       <c r="A841" t="inlineStr"/>
       <c r="B841" t="inlineStr">
         <is>
           <t>Links</t>
         </is>
       </c>
       <c r="C841" t="inlineStr"/>
       <c r="D841" t="inlineStr"/>
       <c r="E841" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F841" t="inlineStr">
         <is>
           <t>.Settings.Entry.ShowLinks</t>
         </is>
       </c>
       <c r="G841" t="inlineStr"/>
       <c r="H841" t="inlineStr"/>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr"/>
       <c r="B842" t="inlineStr">
         <is>
-          <t>Replaces player names and guild names with links to player or guild profile on scoredb.io.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
+          <t>Replaces player and guild names with links to player / guild profiles of your chosen website.&lt;br&gt;Replaces Building-Kitnames with links to forgeofempires.fandom.com.</t>
         </is>
       </c>
       <c r="C842" t="inlineStr"/>
       <c r="D842" t="inlineStr"/>
       <c r="E842" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F842" t="inlineStr">
         <is>
           <t>.Settings.ShowLinks.Desc</t>
         </is>
       </c>
       <c r="G842" t="inlineStr"/>
       <c r="H842" t="inlineStr"/>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr"/>
       <c r="B843" t="inlineStr">
         <is>
           <t>Show links</t>
         </is>
       </c>
       <c r="C843" t="inlineStr"/>
@@ -22931,51 +22931,51 @@
       <c r="A1009" t="inlineStr"/>
       <c r="B1009" t="inlineStr">
         <is>
           <t>every 10 hours</t>
         </is>
       </c>
       <c r="C1009" t="inlineStr"/>
       <c r="D1009" t="inlineStr"/>
       <c r="E1009" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1009" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.QICycle</t>
         </is>
       </c>
       <c r="G1009" t="inlineStr"/>
       <c r="H1009" t="inlineStr"/>
     </row>
     <row r="1010">
       <c r="A1010" t="inlineStr"/>
       <c r="B1010" t="inlineStr">
         <is>
-          <t>Displayed values assume your buildings have finished construction. Town Hall productions are not included.</t>
+          <t>Displayed values assume your buildings have finished construction.</t>
         </is>
       </c>
       <c r="C1010" t="inlineStr"/>
       <c r="D1010" t="inlineStr"/>
       <c r="E1010" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1010" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.QIHint</t>
         </is>
       </c>
       <c r="G1010" t="inlineStr"/>
       <c r="H1010" t="inlineStr"/>
     </row>
     <row r="1011">
       <c r="A1011" t="inlineStr"/>
       <c r="B1011" t="inlineStr">
         <is>
           <t>Without an API token for this world (obtainable free of charge from the website) you cannot transfer cities or notes.&lt;br&gt;Click here for instructions:</t>
         </is>
       </c>
       <c r="C1011" t="inlineStr"/>
@@ -23239,51 +23239,51 @@
       <c r="A1023" t="inlineStr"/>
       <c r="B1023" t="inlineStr">
         <is>
           <t>Rewards from Incidents</t>
         </is>
       </c>
       <c r="C1023" t="inlineStr"/>
       <c r="D1023" t="inlineStr"/>
       <c r="E1023" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1023" t="inlineStr">
         <is>
           <t>.Boxes.Stats.Rewards.SourceTitle.hidden_reward</t>
         </is>
       </c>
       <c r="G1023" t="inlineStr"/>
       <c r="H1023" t="inlineStr"/>
     </row>
     <row r="1024">
       <c r="A1024" t="inlineStr"/>
       <c r="B1024" t="inlineStr">
         <is>
-          <t>5hr</t>
+          <t>5h</t>
         </is>
       </c>
       <c r="C1024" t="inlineStr">
         <is>
           <t>5 saat</t>
         </is>
       </c>
       <c r="D1024" t="inlineStr"/>
       <c r="E1024" t="inlineStr">
         <is>
           <t>True</t>
         </is>
       </c>
       <c r="F1024" t="inlineStr">
         <is>
           <t>.Boxes.Alerts.Time.5h</t>
         </is>
       </c>
       <c r="G1024" t="inlineStr"/>
       <c r="H1024" t="inlineStr"/>
     </row>
     <row r="1025">
       <c r="A1025" t="inlineStr"/>
       <c r="B1025" t="inlineStr">
         <is>
@@ -25069,51 +25069,51 @@
       <c r="A1106" t="inlineStr"/>
       <c r="B1106" t="inlineStr">
         <is>
           <t>Add selected buildings</t>
         </is>
       </c>
       <c r="C1106" t="inlineStr"/>
       <c r="D1106" t="inlineStr"/>
       <c r="E1106" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1106" t="inlineStr">
         <is>
           <t>.Boxes.ProductionsRating.AddBuildings</t>
         </is>
       </c>
       <c r="G1106" t="inlineStr"/>
       <c r="H1106" t="inlineStr"/>
     </row>
     <row r="1107">
       <c r="A1107" t="inlineStr"/>
       <c r="B1107" t="inlineStr">
         <is>
-          <t xml:space="preserve">Number of Buildings: </t>
+          <t>buildings total</t>
         </is>
       </c>
       <c r="C1107" t="inlineStr"/>
       <c r="D1107" t="inlineStr"/>
       <c r="E1107" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1107" t="inlineStr">
         <is>
           <t>.Boxes.CityMap.BuildingsAmount</t>
         </is>
       </c>
       <c r="G1107" t="inlineStr"/>
       <c r="H1107" t="inlineStr"/>
     </row>
     <row r="1108">
       <c r="A1108" t="inlineStr"/>
       <c r="B1108" t="inlineStr">
         <is>
           <t xml:space="preserve">Number of Streets: </t>
         </is>
       </c>
       <c r="C1108" t="inlineStr"/>
@@ -28782,45 +28782,529 @@
       </c>
       <c r="G1274" t="inlineStr"/>
       <c r="H1274" t="inlineStr"/>
     </row>
     <row r="1275">
       <c r="A1275" t="inlineStr"/>
       <c r="B1275" t="inlineStr">
         <is>
           <t>If upon opening the GE stage unlock dialogue the precentual goods use is higher than the threshold given below, a box is generated listing the percentual goods use in relation to the treasury stock. '0' will always open the box, '100' never.</t>
         </is>
       </c>
       <c r="C1275" t="inlineStr"/>
       <c r="D1275" t="inlineStr"/>
       <c r="E1275" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1275" t="inlineStr">
         <is>
           <t>.Settings.GexStockWarning.Desc</t>
         </is>
       </c>
       <c r="G1275" t="inlineStr"/>
       <c r="H1275" t="inlineStr"/>
+    </row>
+    <row r="1276">
+      <c r="A1276" t="inlineStr"/>
+      <c r="B1276" t="inlineStr">
+        <is>
+          <t>7d</t>
+        </is>
+      </c>
+      <c r="C1276" t="inlineStr"/>
+      <c r="D1276" t="inlineStr"/>
+      <c r="E1276" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1276" t="inlineStr">
+        <is>
+          <t>.Boxes.Alerts.Time.7d</t>
+        </is>
+      </c>
+      <c r="G1276" t="inlineStr"/>
+      <c r="H1276" t="inlineStr"/>
+    </row>
+    <row r="1277">
+      <c r="A1277" t="inlineStr"/>
+      <c r="B1277" t="inlineStr">
+        <is>
+          <t>City Grid Score</t>
+        </is>
+      </c>
+      <c r="C1277" t="inlineStr"/>
+      <c r="D1277" t="inlineStr"/>
+      <c r="E1277" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1277" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScore</t>
+        </is>
+      </c>
+      <c r="G1277" t="inlineStr"/>
+      <c r="H1277" t="inlineStr"/>
+    </row>
+    <row r="1278">
+      <c r="A1278" t="inlineStr"/>
+      <c r="B1278" t="inlineStr">
+        <is>
+          <t>Area of all connected buildings that need roads divided by area of all roads multiplied by 100</t>
+        </is>
+      </c>
+      <c r="C1278" t="inlineStr"/>
+      <c r="D1278" t="inlineStr"/>
+      <c r="E1278" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1278" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.CityGridScoreText</t>
+        </is>
+      </c>
+      <c r="G1278" t="inlineStr"/>
+      <c r="H1278" t="inlineStr"/>
+    </row>
+    <row r="1279">
+      <c r="A1279" t="inlineStr"/>
+      <c r="B1279" t="inlineStr">
+        <is>
+          <t>https://docs.foe-helper.com/english/module/town</t>
+        </is>
+      </c>
+      <c r="C1279" t="inlineStr"/>
+      <c r="D1279" t="inlineStr"/>
+      <c r="E1279" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1279" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.HelpLink</t>
+        </is>
+      </c>
+      <c r="G1279" t="inlineStr"/>
+      <c r="H1279" t="inlineStr"/>
+    </row>
+    <row r="1280">
+      <c r="A1280" t="inlineStr"/>
+      <c r="B1280" t="inlineStr">
+        <is>
+          <t>Buildings from GBG</t>
+        </is>
+      </c>
+      <c r="C1280" t="inlineStr"/>
+      <c r="D1280" t="inlineStr"/>
+      <c r="E1280" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1280" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromGBG</t>
+        </is>
+      </c>
+      <c r="G1280" t="inlineStr"/>
+      <c r="H1280" t="inlineStr"/>
+    </row>
+    <row r="1281">
+      <c r="A1281" t="inlineStr"/>
+      <c r="B1281" t="inlineStr">
+        <is>
+          <t>Buildings from QI</t>
+        </is>
+      </c>
+      <c r="C1281" t="inlineStr"/>
+      <c r="D1281" t="inlineStr"/>
+      <c r="E1281" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1281" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.buildingFromQI</t>
+        </is>
+      </c>
+      <c r="G1281" t="inlineStr"/>
+      <c r="H1281" t="inlineStr"/>
+    </row>
+    <row r="1282">
+      <c r="A1282" t="inlineStr"/>
+      <c r="B1282" t="inlineStr">
+        <is>
+          <t>Ascended/limited buildings</t>
+        </is>
+      </c>
+      <c r="C1282" t="inlineStr"/>
+      <c r="D1282" t="inlineStr"/>
+      <c r="E1282" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1282" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.limited</t>
+        </is>
+      </c>
+      <c r="G1282" t="inlineStr"/>
+      <c r="H1282" t="inlineStr"/>
+    </row>
+    <row r="1283">
+      <c r="A1283" t="inlineStr"/>
+      <c r="B1283" t="inlineStr">
+        <is>
+          <t>Roadless buildings</t>
+        </is>
+      </c>
+      <c r="C1283" t="inlineStr"/>
+      <c r="D1283" t="inlineStr"/>
+      <c r="E1283" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1283" t="inlineStr">
+        <is>
+          <t>.Boxes.CityMap.roadless</t>
+        </is>
+      </c>
+      <c r="G1283" t="inlineStr"/>
+      <c r="H1283" t="inlineStr"/>
+    </row>
+    <row r="1284">
+      <c r="A1284" t="inlineStr"/>
+      <c r="B1284" t="inlineStr">
+        <is>
+          <t>GBG</t>
+        </is>
+      </c>
+      <c r="C1284" t="inlineStr"/>
+      <c r="D1284" t="inlineStr"/>
+      <c r="E1284" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1284" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Battlegrounds.short</t>
+        </is>
+      </c>
+      <c r="G1284" t="inlineStr"/>
+      <c r="H1284" t="inlineStr"/>
+    </row>
+    <row r="1285">
+      <c r="A1285" t="inlineStr"/>
+      <c r="B1285" t="inlineStr">
+        <is>
+          <t>GE</t>
+        </is>
+      </c>
+      <c r="C1285" t="inlineStr"/>
+      <c r="D1285" t="inlineStr"/>
+      <c r="E1285" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1285" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Guild_Expedition.short</t>
+        </is>
+      </c>
+      <c r="G1285" t="inlineStr"/>
+      <c r="H1285" t="inlineStr"/>
+    </row>
+    <row r="1286">
+      <c r="A1286" t="inlineStr"/>
+      <c r="B1286" t="inlineStr">
+        <is>
+          <t>QI</t>
+        </is>
+      </c>
+      <c r="C1286" t="inlineStr"/>
+      <c r="D1286" t="inlineStr"/>
+      <c r="E1286" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1286" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Quantum_Incursion.short</t>
+        </is>
+      </c>
+      <c r="G1286" t="inlineStr"/>
+      <c r="H1286" t="inlineStr"/>
+    </row>
+    <row r="1287">
+      <c r="A1287" t="inlineStr"/>
+      <c r="B1287" t="inlineStr">
+        <is>
+          <t>Offset to servertime (minutes)</t>
+        </is>
+      </c>
+      <c r="C1287" t="inlineStr"/>
+      <c r="D1287" t="inlineStr"/>
+      <c r="E1287" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1287" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.serverOffset</t>
+        </is>
+      </c>
+      <c r="G1287" t="inlineStr"/>
+      <c r="H1287" t="inlineStr"/>
+    </row>
+    <row r="1288">
+      <c r="A1288" t="inlineStr"/>
+      <c r="B1288" t="inlineStr">
+        <is>
+          <t>display times in server time</t>
+        </is>
+      </c>
+      <c r="C1288" t="inlineStr"/>
+      <c r="D1288" t="inlineStr"/>
+      <c r="E1288" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1288" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowServerTime</t>
+        </is>
+      </c>
+      <c r="G1288" t="inlineStr"/>
+      <c r="H1288" t="inlineStr"/>
+    </row>
+    <row r="1289">
+      <c r="A1289" t="inlineStr"/>
+      <c r="B1289" t="inlineStr">
+        <is>
+          <t>copy attack colors</t>
+        </is>
+      </c>
+      <c r="C1289" t="inlineStr"/>
+      <c r="D1289" t="inlineStr"/>
+      <c r="E1289" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1289" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.ShowTileColors</t>
+        </is>
+      </c>
+      <c r="G1289" t="inlineStr"/>
+      <c r="H1289" t="inlineStr"/>
+    </row>
+    <row r="1290">
+      <c r="A1290" t="inlineStr"/>
+      <c r="B1290" t="inlineStr">
+        <is>
+          <t>Change in Copy Behavior!</t>
+        </is>
+      </c>
+      <c r="C1290" t="inlineStr"/>
+      <c r="D1290" t="inlineStr"/>
+      <c r="E1290" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1290" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Title</t>
+        </is>
+      </c>
+      <c r="G1290" t="inlineStr"/>
+      <c r="H1290" t="inlineStr"/>
+    </row>
+    <row r="1291">
+      <c r="A1291" t="inlineStr"/>
+      <c r="B1291" t="inlineStr">
+        <is>
+          <t>From now on, the times are copied in server time. If you want to change your displayed times to server time, check the settings.</t>
+        </is>
+      </c>
+      <c r="C1291" t="inlineStr"/>
+      <c r="D1291" t="inlineStr"/>
+      <c r="E1291" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1291" t="inlineStr">
+        <is>
+          <t>.Boxes.GuildFights.TimeZoneWarning.Desc</t>
+        </is>
+      </c>
+      <c r="G1291" t="inlineStr"/>
+      <c r="H1291" t="inlineStr"/>
+    </row>
+    <row r="1292">
+      <c r="A1292" t="inlineStr"/>
+      <c r="B1292" t="inlineStr">
+        <is>
+          <t>Please note: Boosted productions will actually be lower, because we do not add them per building here. Battle boosts will likely be higher than displayed, because we cannot retrieve information about allies.</t>
+        </is>
+      </c>
+      <c r="C1292" t="inlineStr"/>
+      <c r="D1292" t="inlineStr"/>
+      <c r="E1292" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1292" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerDisclaimer</t>
+        </is>
+      </c>
+      <c r="G1292" t="inlineStr"/>
+      <c r="H1292" t="inlineStr"/>
+    </row>
+    <row r="1293">
+      <c r="A1293" t="inlineStr"/>
+      <c r="B1293" t="inlineStr">
+        <is>
+          <t>Missing or broken values? Please activate all needed information in the efficiency rating.</t>
+        </is>
+      </c>
+      <c r="C1293" t="inlineStr"/>
+      <c r="D1293" t="inlineStr"/>
+      <c r="E1293" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1293" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerTroubleshooting</t>
+        </is>
+      </c>
+      <c r="G1293" t="inlineStr"/>
+      <c r="H1293" t="inlineStr"/>
+    </row>
+    <row r="1294">
+      <c r="A1294" t="inlineStr"/>
+      <c r="B1294" t="inlineStr">
+        <is>
+          <t>Do not show items with this currency</t>
+        </is>
+      </c>
+      <c r="C1294" t="inlineStr"/>
+      <c r="D1294" t="inlineStr"/>
+      <c r="E1294" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1294" t="inlineStr">
+        <is>
+          <t>.Boxes.ShopAssist.filterCurrency</t>
+        </is>
+      </c>
+      <c r="G1294" t="inlineStr"/>
+      <c r="H1294" t="inlineStr"/>
+    </row>
+    <row r="1295">
+      <c r="A1295" t="inlineStr"/>
+      <c r="B1295" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C1295" t="inlineStr"/>
+      <c r="D1295" t="inlineStr"/>
+      <c r="E1295" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1295" t="inlineStr">
+        <is>
+          <t>.Settings.Entry.BlockCollectAll</t>
+        </is>
+      </c>
+      <c r="G1295" t="inlineStr"/>
+      <c r="H1295" t="inlineStr"/>
+    </row>
+    <row r="1296">
+      <c r="A1296" t="inlineStr"/>
+      <c r="B1296" t="inlineStr">
+        <is>
+          <t>Displays a Box that covers the 'Collect All' Button, when FP can not be collected or not all buildings are motivated.</t>
+        </is>
+      </c>
+      <c r="C1296" t="inlineStr"/>
+      <c r="D1296" t="inlineStr"/>
+      <c r="E1296" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1296" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Desc</t>
+        </is>
+      </c>
+      <c r="G1296" t="inlineStr"/>
+      <c r="H1296" t="inlineStr"/>
+    </row>
+    <row r="1297">
+      <c r="A1297" t="inlineStr"/>
+      <c r="B1297" t="inlineStr">
+        <is>
+          <t>Collect All Blocker</t>
+        </is>
+      </c>
+      <c r="C1297" t="inlineStr"/>
+      <c r="D1297" t="inlineStr"/>
+      <c r="E1297" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1297" t="inlineStr">
+        <is>
+          <t>.Settings.BlockCollectAll.Title</t>
+        </is>
+      </c>
+      <c r="G1297" t="inlineStr"/>
+      <c r="H1297" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>