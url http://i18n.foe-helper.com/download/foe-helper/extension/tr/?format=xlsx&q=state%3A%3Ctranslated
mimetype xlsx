--- v1 (2026-01-17)
+++ v2 (2026-03-06)
@@ -342,51 +342,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H1297"/>
+  <dimension ref="A1:H1325"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>location</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>source</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>target</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -29266,45 +29266,661 @@
       </c>
       <c r="G1296" t="inlineStr"/>
       <c r="H1296" t="inlineStr"/>
     </row>
     <row r="1297">
       <c r="A1297" t="inlineStr"/>
       <c r="B1297" t="inlineStr">
         <is>
           <t>Collect All Blocker</t>
         </is>
       </c>
       <c r="C1297" t="inlineStr"/>
       <c r="D1297" t="inlineStr"/>
       <c r="E1297" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F1297" t="inlineStr">
         <is>
           <t>.Settings.BlockCollectAll.Title</t>
         </is>
       </c>
       <c r="G1297" t="inlineStr"/>
       <c r="H1297" t="inlineStr"/>
+    </row>
+    <row r="1298">
+      <c r="A1298" t="inlineStr"/>
+      <c r="B1298" t="inlineStr">
+        <is>
+          <t>Level</t>
+        </is>
+      </c>
+      <c r="C1298" t="inlineStr"/>
+      <c r="D1298" t="inlineStr"/>
+      <c r="E1298" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1298" t="inlineStr">
+        <is>
+          <t>.Boxes.General.Level</t>
+        </is>
+      </c>
+      <c r="G1298" t="inlineStr"/>
+      <c r="H1298" t="inlineStr"/>
+    </row>
+    <row r="1299">
+      <c r="A1299" t="inlineStr"/>
+      <c r="B1299" t="inlineStr">
+        <is>
+          <t>This value is not accessible, because this player is neither a friend nor in your guild.</t>
+        </is>
+      </c>
+      <c r="C1299" t="inlineStr"/>
+      <c r="D1299" t="inlineStr"/>
+      <c r="E1299" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1299" t="inlineStr">
+        <is>
+          <t>.Boxes.PlayerProfile.OtherPlayerNotAvailable</t>
+        </is>
+      </c>
+      <c r="G1299" t="inlineStr"/>
+      <c r="H1299" t="inlineStr"/>
+    </row>
+    <row r="1300">
+      <c r="A1300" t="inlineStr"/>
+      <c r="B1300" t="inlineStr">
+        <is>
+          <t>Include Ally boosts in the rating</t>
+        </is>
+      </c>
+      <c r="C1300" t="inlineStr"/>
+      <c r="D1300" t="inlineStr"/>
+      <c r="E1300" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1300" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ShowAllies</t>
+        </is>
+      </c>
+      <c r="G1300" t="inlineStr"/>
+      <c r="H1300" t="inlineStr"/>
+    </row>
+    <row r="1301">
+      <c r="A1301" t="inlineStr"/>
+      <c r="B1301" t="inlineStr">
+        <is>
+          <t>(De)select currently visible buildings</t>
+        </is>
+      </c>
+      <c r="C1301" t="inlineStr"/>
+      <c r="D1301" t="inlineStr"/>
+      <c r="E1301" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1301" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.ToggleBuildingSelection</t>
+        </is>
+      </c>
+      <c r="G1301" t="inlineStr"/>
+      <c r="H1301" t="inlineStr"/>
+    </row>
+    <row r="1302">
+      <c r="A1302" t="inlineStr"/>
+      <c r="B1302" t="inlineStr">
+        <is>
+          <t>Include initial FP in sum</t>
+        </is>
+      </c>
+      <c r="C1302" t="inlineStr"/>
+      <c r="D1302" t="inlineStr"/>
+      <c r="E1302" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1302" t="inlineStr">
+        <is>
+          <t>.Settings.ShowOwnPartIncludeStart.Desc</t>
+        </is>
+      </c>
+      <c r="G1302" t="inlineStr"/>
+      <c r="H1302" t="inlineStr"/>
+    </row>
+    <row r="1303">
+      <c r="A1303" t="inlineStr"/>
+      <c r="B1303" t="inlineStr">
+        <is>
+          <t>City Builder</t>
+        </is>
+      </c>
+      <c r="C1303" t="inlineStr"/>
+      <c r="D1303" t="inlineStr"/>
+      <c r="E1303" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1303" t="inlineStr">
+        <is>
+          <t>.Boxes.CityBuilder.Title</t>
+        </is>
+      </c>
+      <c r="G1303" t="inlineStr"/>
+      <c r="H1303" t="inlineStr"/>
+    </row>
+    <row r="1304">
+      <c r="A1304" t="inlineStr"/>
+      <c r="B1304" t="inlineStr">
+        <is>
+          <t>Zoom</t>
+        </is>
+      </c>
+      <c r="C1304" t="inlineStr"/>
+      <c r="D1304" t="inlineStr"/>
+      <c r="E1304" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1304" t="inlineStr">
+        <is>
+          <t>.Boxes.CityBuilder.Zoom</t>
+        </is>
+      </c>
+      <c r="G1304" t="inlineStr"/>
+      <c r="H1304" t="inlineStr"/>
+    </row>
+    <row r="1305">
+      <c r="A1305" t="inlineStr"/>
+      <c r="B1305" t="inlineStr">
+        <is>
+          <t>Opacity</t>
+        </is>
+      </c>
+      <c r="C1305" t="inlineStr"/>
+      <c r="D1305" t="inlineStr"/>
+      <c r="E1305" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1305" t="inlineStr">
+        <is>
+          <t>.Boxes.CityBuilder.Opacity</t>
+        </is>
+      </c>
+      <c r="G1305" t="inlineStr"/>
+      <c r="H1305" t="inlineStr"/>
+    </row>
+    <row r="1306">
+      <c r="A1306" t="inlineStr"/>
+      <c r="B1306" t="inlineStr">
+        <is>
+          <t>Default</t>
+        </is>
+      </c>
+      <c r="C1306" t="inlineStr"/>
+      <c r="D1306" t="inlineStr"/>
+      <c r="E1306" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1306" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetDefault</t>
+        </is>
+      </c>
+      <c r="G1306" t="inlineStr"/>
+      <c r="H1306" t="inlineStr"/>
+    </row>
+    <row r="1307">
+      <c r="A1307" t="inlineStr"/>
+      <c r="B1307" t="inlineStr">
+        <is>
+          <t>Active preset</t>
+        </is>
+      </c>
+      <c r="C1307" t="inlineStr"/>
+      <c r="D1307" t="inlineStr"/>
+      <c r="E1307" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1307" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetActive</t>
+        </is>
+      </c>
+      <c r="G1307" t="inlineStr"/>
+      <c r="H1307" t="inlineStr"/>
+    </row>
+    <row r="1308">
+      <c r="A1308" t="inlineStr"/>
+      <c r="B1308" t="inlineStr">
+        <is>
+          <t>Save</t>
+        </is>
+      </c>
+      <c r="C1308" t="inlineStr"/>
+      <c r="D1308" t="inlineStr"/>
+      <c r="E1308" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1308" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetSave</t>
+        </is>
+      </c>
+      <c r="G1308" t="inlineStr"/>
+      <c r="H1308" t="inlineStr"/>
+    </row>
+    <row r="1309">
+      <c r="A1309" t="inlineStr"/>
+      <c r="B1309" t="inlineStr">
+        <is>
+          <t>Save as</t>
+        </is>
+      </c>
+      <c r="C1309" t="inlineStr"/>
+      <c r="D1309" t="inlineStr"/>
+      <c r="E1309" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1309" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetSaveAs</t>
+        </is>
+      </c>
+      <c r="G1309" t="inlineStr"/>
+      <c r="H1309" t="inlineStr"/>
+    </row>
+    <row r="1310">
+      <c r="A1310" t="inlineStr"/>
+      <c r="B1310" t="inlineStr">
+        <is>
+          <t>Rename</t>
+        </is>
+      </c>
+      <c r="C1310" t="inlineStr"/>
+      <c r="D1310" t="inlineStr"/>
+      <c r="E1310" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1310" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetRename</t>
+        </is>
+      </c>
+      <c r="G1310" t="inlineStr"/>
+      <c r="H1310" t="inlineStr"/>
+    </row>
+    <row r="1311">
+      <c r="A1311" t="inlineStr"/>
+      <c r="B1311" t="inlineStr">
+        <is>
+          <t>Duplicate</t>
+        </is>
+      </c>
+      <c r="C1311" t="inlineStr"/>
+      <c r="D1311" t="inlineStr"/>
+      <c r="E1311" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1311" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetDuplicate</t>
+        </is>
+      </c>
+      <c r="G1311" t="inlineStr"/>
+      <c r="H1311" t="inlineStr"/>
+    </row>
+    <row r="1312">
+      <c r="A1312" t="inlineStr"/>
+      <c r="B1312" t="inlineStr">
+        <is>
+          <t>Delete</t>
+        </is>
+      </c>
+      <c r="C1312" t="inlineStr"/>
+      <c r="D1312" t="inlineStr"/>
+      <c r="E1312" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1312" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetDelete</t>
+        </is>
+      </c>
+      <c r="G1312" t="inlineStr"/>
+      <c r="H1312" t="inlineStr"/>
+    </row>
+    <row r="1313">
+      <c r="A1313" t="inlineStr"/>
+      <c r="B1313" t="inlineStr">
+        <is>
+          <t>Reset</t>
+        </is>
+      </c>
+      <c r="C1313" t="inlineStr"/>
+      <c r="D1313" t="inlineStr"/>
+      <c r="E1313" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1313" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetReset</t>
+        </is>
+      </c>
+      <c r="G1313" t="inlineStr"/>
+      <c r="H1313" t="inlineStr"/>
+    </row>
+    <row r="1314">
+      <c r="A1314" t="inlineStr"/>
+      <c r="B1314" t="inlineStr">
+        <is>
+          <t>Export presets</t>
+        </is>
+      </c>
+      <c r="C1314" t="inlineStr"/>
+      <c r="D1314" t="inlineStr"/>
+      <c r="E1314" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1314" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetExport</t>
+        </is>
+      </c>
+      <c r="G1314" t="inlineStr"/>
+      <c r="H1314" t="inlineStr"/>
+    </row>
+    <row r="1315">
+      <c r="A1315" t="inlineStr"/>
+      <c r="B1315" t="inlineStr">
+        <is>
+          <t>Import presets</t>
+        </is>
+      </c>
+      <c r="C1315" t="inlineStr"/>
+      <c r="D1315" t="inlineStr"/>
+      <c r="E1315" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1315" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetImport</t>
+        </is>
+      </c>
+      <c r="G1315" t="inlineStr"/>
+      <c r="H1315" t="inlineStr"/>
+    </row>
+    <row r="1316">
+      <c r="A1316" t="inlineStr"/>
+      <c r="B1316" t="inlineStr">
+        <is>
+          <t>Save preset as:</t>
+        </is>
+      </c>
+      <c r="C1316" t="inlineStr"/>
+      <c r="D1316" t="inlineStr"/>
+      <c r="E1316" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1316" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetPromptSaveAs</t>
+        </is>
+      </c>
+      <c r="G1316" t="inlineStr"/>
+      <c r="H1316" t="inlineStr"/>
+    </row>
+    <row r="1317">
+      <c r="A1317" t="inlineStr"/>
+      <c r="B1317" t="inlineStr">
+        <is>
+          <t>Rename preset:</t>
+        </is>
+      </c>
+      <c r="C1317" t="inlineStr"/>
+      <c r="D1317" t="inlineStr"/>
+      <c r="E1317" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1317" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetPromptRename</t>
+        </is>
+      </c>
+      <c r="G1317" t="inlineStr"/>
+      <c r="H1317" t="inlineStr"/>
+    </row>
+    <row r="1318">
+      <c r="A1318" t="inlineStr"/>
+      <c r="B1318" t="inlineStr">
+        <is>
+          <t>Duplicate preset as:</t>
+        </is>
+      </c>
+      <c r="C1318" t="inlineStr"/>
+      <c r="D1318" t="inlineStr"/>
+      <c r="E1318" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1318" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetPromptDuplicate</t>
+        </is>
+      </c>
+      <c r="G1318" t="inlineStr"/>
+      <c r="H1318" t="inlineStr"/>
+    </row>
+    <row r="1319">
+      <c r="A1319" t="inlineStr"/>
+      <c r="B1319" t="inlineStr">
+        <is>
+          <t>Copy</t>
+        </is>
+      </c>
+      <c r="C1319" t="inlineStr"/>
+      <c r="D1319" t="inlineStr"/>
+      <c r="E1319" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1319" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetCopySuffix</t>
+        </is>
+      </c>
+      <c r="G1319" t="inlineStr"/>
+      <c r="H1319" t="inlineStr"/>
+    </row>
+    <row r="1320">
+      <c r="A1320" t="inlineStr"/>
+      <c r="B1320" t="inlineStr">
+        <is>
+          <t>A preset with this name already exists.</t>
+        </is>
+      </c>
+      <c r="C1320" t="inlineStr"/>
+      <c r="D1320" t="inlineStr"/>
+      <c r="E1320" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1320" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetNameExists</t>
+        </is>
+      </c>
+      <c r="G1320" t="inlineStr"/>
+      <c r="H1320" t="inlineStr"/>
+    </row>
+    <row r="1321">
+      <c r="A1321" t="inlineStr"/>
+      <c r="B1321" t="inlineStr">
+        <is>
+          <t>Delete this preset?</t>
+        </is>
+      </c>
+      <c r="C1321" t="inlineStr"/>
+      <c r="D1321" t="inlineStr"/>
+      <c r="E1321" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1321" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetConfirmDelete</t>
+        </is>
+      </c>
+      <c r="G1321" t="inlineStr"/>
+      <c r="H1321" t="inlineStr"/>
+    </row>
+    <row r="1322">
+      <c r="A1322" t="inlineStr"/>
+      <c r="B1322" t="inlineStr">
+        <is>
+          <t>Reset this preset to default values?</t>
+        </is>
+      </c>
+      <c r="C1322" t="inlineStr"/>
+      <c r="D1322" t="inlineStr"/>
+      <c r="E1322" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1322" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetConfirmReset</t>
+        </is>
+      </c>
+      <c r="G1322" t="inlineStr"/>
+      <c r="H1322" t="inlineStr"/>
+    </row>
+    <row r="1323">
+      <c r="A1323" t="inlineStr"/>
+      <c r="B1323" t="inlineStr">
+        <is>
+          <t>Imported</t>
+        </is>
+      </c>
+      <c r="C1323" t="inlineStr"/>
+      <c r="D1323" t="inlineStr"/>
+      <c r="E1323" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1323" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetImported</t>
+        </is>
+      </c>
+      <c r="G1323" t="inlineStr"/>
+      <c r="H1323" t="inlineStr"/>
+    </row>
+    <row r="1324">
+      <c r="A1324" t="inlineStr"/>
+      <c r="B1324" t="inlineStr">
+        <is>
+          <t>Cannot import presets from this file.</t>
+        </is>
+      </c>
+      <c r="C1324" t="inlineStr"/>
+      <c r="D1324" t="inlineStr"/>
+      <c r="E1324" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1324" t="inlineStr">
+        <is>
+          <t>.Boxes.ProductionsRating.PresetImportError</t>
+        </is>
+      </c>
+      <c r="G1324" t="inlineStr"/>
+      <c r="H1324" t="inlineStr"/>
+    </row>
+    <row r="1325">
+      <c r="A1325" t="inlineStr"/>
+      <c r="B1325" t="inlineStr">
+        <is>
+          <t>Battle</t>
+        </is>
+      </c>
+      <c r="C1325" t="inlineStr"/>
+      <c r="D1325" t="inlineStr"/>
+      <c r="E1325" t="inlineStr">
+        <is>
+          <t>False</t>
+        </is>
+      </c>
+      <c r="F1325" t="inlineStr">
+        <is>
+          <t>.General.Battle</t>
+        </is>
+      </c>
+      <c r="G1325" t="inlineStr"/>
+      <c r="H1325" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>