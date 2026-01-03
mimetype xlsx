--- v0 (2025-10-04)
+++ v1 (2026-01-03)
@@ -757,51 +757,55 @@
           <t>.ark_calculator.HelperCountAll</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Places 1 to %s would be filled by 90%% Arcs.&lt;br&gt;The other places, %s to 5 are filled by partners. &lt;span class="badge badge-pill badge-info"&gt;Previous place / 2&lt;/span&gt;</t>
         </is>
       </c>
       <c r="C15" t="inlineStr"/>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>.ark_calculator.HelperCountLower5</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr"/>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Места с 1 по 100% будут заполнены на 90%.&lt;br&gt;Остальные места, с 1 по 5%, будут заполнены партнерами. &lt;span class="бейдж-бейдж-таблетка-бейдж-информация"&gt;Предыдущее место / 2&lt;/span&gt;</t>
+        </is>
+      </c>
       <c r="H15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Instant pay</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Мгновенная оплата</t>
         </is>
       </c>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>.ark_calculator.InstantPay</t>
         </is>
       </c>
@@ -1091,51 +1095,55 @@
           <t>.ark_calculator.TheArcImgAlt</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>Total GB FPs</t>
         </is>
       </c>
       <c r="C28" t="inlineStr"/>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>.ark_calculator.TotalLGFPs</t>
         </is>
       </c>
-      <c r="G28" t="inlineStr"/>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Всего очков в Великом строении</t>
+        </is>
+      </c>
       <c r="H28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
           <t>All buildings</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Все здания</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>.citymap.AllBuildings</t>
         </is>
       </c>
@@ -1529,51 +1537,55 @@
           <t>.citymap.GreatBuildings</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
           <t>Changelog from citymap planner</t>
         </is>
       </c>
       <c r="C45" t="inlineStr"/>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>.citymap.HeadingChangelog</t>
         </is>
       </c>
-      <c r="G45" t="inlineStr"/>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Список изменений из планировщика городских карт</t>
+        </is>
+      </c>
       <c r="H45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
           <t>City planner</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Планирование города</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>.citymap.HeadingCityMap</t>
         </is>
       </c>
@@ -10415,205 +10427,237 @@
           <t>.global.Close</t>
         </is>
       </c>
       <c r="G437" t="inlineStr"/>
       <c r="H437" t="inlineStr"/>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr"/>
       <c r="B438" t="inlineStr">
         <is>
           <t>Add element</t>
         </is>
       </c>
       <c r="C438" t="inlineStr"/>
       <c r="D438" t="inlineStr"/>
       <c r="E438" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F438" t="inlineStr">
         <is>
           <t>.citymap.AddElement</t>
         </is>
       </c>
-      <c r="G438" t="inlineStr"/>
+      <c r="G438" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Добавить элемент</t>
+        </is>
+      </c>
       <c r="H438" t="inlineStr"/>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr"/>
       <c r="B439" t="inlineStr">
         <is>
           <t>Cultural productions</t>
         </is>
       </c>
       <c r="C439" t="inlineStr"/>
       <c r="D439" t="inlineStr"/>
       <c r="E439" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F439" t="inlineStr">
         <is>
           <t>.citymap.CulturalGoodsProduction</t>
         </is>
       </c>
-      <c r="G439" t="inlineStr"/>
+      <c r="G439" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Производство культуры</t>
+        </is>
+      </c>
       <c r="H439" t="inlineStr"/>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr"/>
       <c r="B440" t="inlineStr">
         <is>
           <t>Diplomacy</t>
         </is>
       </c>
       <c r="C440" t="inlineStr"/>
       <c r="D440" t="inlineStr"/>
       <c r="E440" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F440" t="inlineStr">
         <is>
           <t>.citymap.Diplomacy</t>
         </is>
       </c>
-      <c r="G440" t="inlineStr"/>
+      <c r="G440" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Дипломатия</t>
+        </is>
+      </c>
       <c r="H440" t="inlineStr"/>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr"/>
       <c r="B441" t="inlineStr">
         <is>
           <t>Impediment</t>
         </is>
       </c>
       <c r="C441" t="inlineStr"/>
       <c r="D441" t="inlineStr"/>
       <c r="E441" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F441" t="inlineStr">
         <is>
           <t>.citymap.Impediment</t>
         </is>
       </c>
-      <c r="G441" t="inlineStr"/>
+      <c r="G441" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Препятствие</t>
+        </is>
+      </c>
       <c r="H441" t="inlineStr"/>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr"/>
       <c r="B442" t="inlineStr">
         <is>
           <t>Aztecs</t>
         </is>
       </c>
       <c r="C442" t="inlineStr"/>
       <c r="D442" t="inlineStr"/>
       <c r="E442" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F442" t="inlineStr">
         <is>
           <t>.citymap.NewCity_aztecs</t>
         </is>
       </c>
-      <c r="G442" t="inlineStr"/>
+      <c r="G442" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Ацтеки</t>
+        </is>
+      </c>
       <c r="H442" t="inlineStr"/>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr"/>
       <c r="B443" t="inlineStr">
         <is>
           <t>Egyptians</t>
         </is>
       </c>
       <c r="C443" t="inlineStr"/>
       <c r="D443" t="inlineStr"/>
       <c r="E443" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F443" t="inlineStr">
         <is>
           <t>.citymap.NewCity_egyptians</t>
         </is>
       </c>
-      <c r="G443" t="inlineStr"/>
+      <c r="G443" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Египтяне</t>
+        </is>
+      </c>
       <c r="H443" t="inlineStr"/>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr"/>
       <c r="B444" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="C444" t="inlineStr"/>
       <c r="D444" t="inlineStr"/>
       <c r="E444" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F444" t="inlineStr">
         <is>
           <t>.citymap.NewCity_japanese</t>
         </is>
       </c>
-      <c r="G444" t="inlineStr"/>
+      <c r="G444" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Японцы</t>
+        </is>
+      </c>
       <c r="H444" t="inlineStr"/>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr"/>
       <c r="B445" t="inlineStr">
         <is>
           <t>Main city</t>
         </is>
       </c>
       <c r="C445" t="inlineStr"/>
       <c r="D445" t="inlineStr"/>
       <c r="E445" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F445" t="inlineStr">
         <is>
           <t>.citymap.NewCity_main</t>
         </is>
       </c>
-      <c r="G445" t="inlineStr"/>
+      <c r="G445" t="inlineStr">
+        <is>
+          <t>Suggested in Weblate: Главный город</t>
+        </is>
+      </c>
       <c r="H445" t="inlineStr"/>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr"/>
       <c r="B446" t="inlineStr">
         <is>
           <t>Mughals</t>
         </is>
       </c>
       <c r="C446" t="inlineStr"/>
       <c r="D446" t="inlineStr"/>
       <c r="E446" t="inlineStr">
         <is>
           <t>False</t>
         </is>
       </c>
       <c r="F446" t="inlineStr">
         <is>
           <t>.citymap.NewCity_mughals</t>
         </is>
       </c>
       <c r="G446" t="inlineStr"/>
       <c r="H446" t="inlineStr"/>
     </row>
     <row r="447">